--- v0 (2025-10-19)
+++ v1 (2025-12-12)
@@ -341,63 +341,69 @@
         </w:rPr>
         <w:t xml:space="preserve">that cannot be accomplished with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00DE7C07" w:rsidRPr="00B86DB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>ACT Data Query Tool</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C77FE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C40E32" w14:textId="2FF38246" w:rsidR="6C557BB6" w:rsidRDefault="6C557BB6" w:rsidP="5C4FC3EC">
+    <w:p w14:paraId="06C40E32" w14:textId="5065C2A4" w:rsidR="6C557BB6" w:rsidRDefault="6C557BB6" w:rsidP="5C4FC3EC">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="219" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3) request to use previously obtained data for a new manuscript or other scholarly work</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2C418A" w14:textId="317A8379" w:rsidR="00F47BA6" w:rsidRDefault="00381290" w:rsidP="00F47BA6">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="218" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735C18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Send completed form to </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00735C18">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>kpwa.actproposals@kp.org</w:t>
         </w:r>
@@ -621,97 +627,85 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>do not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> use this form if</w:t>
       </w:r>
       <w:r w:rsidR="00B453EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CDF77A" w14:textId="383D930D" w:rsidR="008D66F6" w:rsidRDefault="00F01A95" w:rsidP="25E803C6">
+    <w:p w14:paraId="49CDF77A" w14:textId="1B0EE1F9" w:rsidR="008D66F6" w:rsidRDefault="00F01A95" w:rsidP="00C0030A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">have a final </w:t>
       </w:r>
       <w:r w:rsidR="00C77FE3" w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">draft </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">manuscript </w:t>
       </w:r>
       <w:r w:rsidR="00E3383A" w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">or abstract </w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> from a previously approved proposal </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">that is </w:t>
       </w:r>
       <w:r w:rsidR="009E1DA0" w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">now </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ready for </w:t>
       </w:r>
       <w:r w:rsidR="006D37E2" w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>P&amp;P</w:t>
       </w:r>
@@ -872,67 +866,73 @@
         <w:t xml:space="preserve"> or abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="003D6E44">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>kpwa.actproposals@kp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D6E44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEE1D69" w14:textId="5EE69195" w:rsidR="00054C08" w:rsidRPr="008D66F6" w:rsidRDefault="00BD3808" w:rsidP="25E803C6">
+    <w:p w14:paraId="0DEE1D69" w14:textId="6FA4F691" w:rsidR="00054C08" w:rsidRPr="00A75E49" w:rsidRDefault="00BD3808" w:rsidP="00C0030A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D66F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">are proposing a new </w:t>
+      </w:r>
+      <w:r w:rsidR="003E026B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grant-funded </w:t>
       </w:r>
       <w:r w:rsidR="008D33FF" w:rsidRPr="008D66F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">study to be supported by </w:t>
       </w:r>
       <w:r w:rsidR="00160372" w:rsidRPr="008D66F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="008D66F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>grant</w:t>
       </w:r>
       <w:r w:rsidR="00160372" w:rsidRPr="008D66F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> other than the ACT U19</w:t>
       </w:r>
@@ -979,50 +979,120 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="7797C255">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Ancillary Study </w:t>
         </w:r>
         <w:r w:rsidR="008179D9" w:rsidRPr="7797C255">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Application</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D92ED7" w:rsidRPr="7797C255">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D21C05" w14:textId="00B7B207" w:rsidR="00057E19" w:rsidRPr="007301CB" w:rsidRDefault="00057E19" w:rsidP="00C0030A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A75E49">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are a</w:t>
+      </w:r>
+      <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> researcher from an internal U19 Project, Core or ACT ancillary study (AS) with funded KPWHRI programmers or biostatisticians </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0DE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>need data</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that relates to the aims of your Project, Core or AS</w:t>
+      </w:r>
+      <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Instead, please direct your data request to the D&amp;A Inbox </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>kpwhri-act-da-core@kp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007301CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wait to complete and submit this form for the manuscript proposal stage. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113484E5" w14:textId="77777777" w:rsidR="00113C72" w:rsidRPr="00735C18" w:rsidRDefault="00113C72" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03E8F17A" w14:textId="3AAB2F1A" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="25E803C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.9u724wfjtcwb"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section One: Project Title and Information </w:t>
@@ -1073,436 +1143,464 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9884" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3705"/>
         <w:gridCol w:w="6179"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049033A" w14:paraId="1B0D7E97" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="1B0D7E97" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718112F1" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date proposal submitted to ACT:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FC09B29" w14:textId="378E36BB" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="78C14E83" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="78C14E83" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FBE22B8" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Project title: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C46F210" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00054C08" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="0815F163" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="0815F163" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AEDFDCA" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Short title (5 words or fewer):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="072DEE27" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00054C08" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="7B332FD2" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="7B332FD2" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CDA24AD" w14:textId="4650DE9B" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Project leader name</w:t>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F3365A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>leader</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F3365A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="2015AB4F" w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67BDE626" w14:textId="3F62947B" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00054C08" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="18A53AD0" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="18A53AD0" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C605E4B" w14:textId="5FD6C559" w:rsidR="2015AB4F" w:rsidRPr="00F3365A" w:rsidRDefault="2015AB4F" w:rsidP="00B063FF">
+          <w:p w14:paraId="7C605E4B" w14:textId="3DEB9A27" w:rsidR="2015AB4F" w:rsidRPr="00F3365A" w:rsidRDefault="2015AB4F" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3365A">
-[...3 lines deleted...]
-              <w:t>Project leader affiliation / organization:</w:t>
+            <w:r w:rsidRPr="51CA8EA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Project leader affiliation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F26D80E" w14:textId="03DC5B54" w:rsidR="0E78DA85" w:rsidRPr="00F3365A" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="7B2D7442" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="7B2D7442" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA48EC6" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00F3365A" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2106"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Project leader address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C2B5AB3" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00F3365A" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="7FD79BB7" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="7FD79BB7" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C693933" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00FF74EE" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="2106"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Project leader e-mail address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11331160" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00FF74EE" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="49A7F801" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="49A7F801" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FCA114" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00FF74EE" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Project </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Int_bgrkwEkQ"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>leader</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6179" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D51598" w14:textId="77777777" w:rsidR="0E78DA85" w:rsidRPr="00FF74EE" w:rsidRDefault="0E78DA85" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="70C2455C" w14:textId="77777777" w:rsidTr="00ED531B">
+      <w:tr w:rsidR="0049033A" w14:paraId="70C2455C" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE7A54" w14:textId="5ED8178A" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
+          <w:p w14:paraId="75BE7A54" w14:textId="68DE9DDD" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Is project lead</w:t>
             </w:r>
             <w:r w:rsidR="00FF4952">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a </w:t>
+              <w:t xml:space="preserve"> a student</w:t>
+            </w:r>
+            <w:r w:rsidR="00D451DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or post-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D451DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>doc</w:t>
+            </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>student?</w:t>
+              <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00815401" w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2767F036" w14:textId="240FF563" w:rsidR="00054C08" w:rsidRPr="00934DED" w:rsidRDefault="00E3383A" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -1633,51 +1731,51 @@
               <w:t>yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, provide mentor’s name, affiliation, and email address</w:t>
             </w:r>
             <w:r w:rsidR="00BD3808" w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A065A47" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00934DED" w:rsidRDefault="00054C08" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049033A" w14:paraId="472D0D80" w14:textId="77777777" w:rsidTr="00B063FF">
+      <w:tr w:rsidR="0049033A" w14:paraId="472D0D80" w14:textId="77777777" w:rsidTr="51CA8EA5">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6348832A" w14:textId="13A9EB18" w:rsidR="001B0A19" w:rsidRDefault="000C5BFC" w:rsidP="00B063FF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Is project leader an ACT </w:t>
             </w:r>
             <w:r w:rsidR="00861D79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1908,51 +2006,51 @@
       </w:r>
       <w:r w:rsidR="00E3383A" w:rsidRPr="00840403">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0005726B" w:rsidRPr="00840403">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A1734E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The ACT website </w:t>
       </w:r>
       <w:r w:rsidR="006848C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">includes </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="006848C4" w:rsidRPr="006848C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="006848C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> list of ACT </w:t>
         </w:r>
         <w:r w:rsidR="00861D79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>researchers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006848C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1961,55 +2059,54 @@
       </w:r>
       <w:r w:rsidRPr="00840403">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you are not an ACT </w:t>
       </w:r>
       <w:r w:rsidR="00861D79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>researche</w:t>
       </w:r>
       <w:r w:rsidR="00007EE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00840403">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> or already working with one on this proposal, ACT requires you to reach out to one for consultation on your proposal </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C5A09">
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00662306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
         <w:t>prior to submission</w:t>
       </w:r>
       <w:r w:rsidRPr="00840403">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6210D0D9" w14:textId="054D58C4" w:rsidR="00054C08" w:rsidRPr="00F3365A" w:rsidRDefault="00BD3808" w:rsidP="0E78DA85">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2523,91 +2620,71 @@
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please check the box and enter your initials on the line below to complete the attestation</w:t>
       </w:r>
       <w:r w:rsidR="00B063FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1137D8" w14:textId="77777777" w:rsidR="0091387B" w:rsidRDefault="0091387B" w:rsidP="25E803C6">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5E40C936" w14:textId="635BAB14" w:rsidR="00170F99" w:rsidRPr="00F3365A" w:rsidRDefault="00170F99" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>As the lead researcher of this proposal, I attest that</w:t>
       </w:r>
       <w:r w:rsidR="00791FDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="3740451D" w14:textId="02211D8A" w:rsidR="00170F99" w:rsidRDefault="00170F99" w:rsidP="00170F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -2843,51 +2920,51 @@
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>I have reviewed the</w:t>
       </w:r>
       <w:r w:rsidR="00D7696F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="008441B4" w:rsidRPr="00F05F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Collaborative Research </w:t>
         </w:r>
         <w:r w:rsidR="00F05F25" w:rsidRPr="00F05F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">Attestation and </w:t>
         </w:r>
         <w:r w:rsidRPr="00F05F25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Data Use Agreement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3351,67 +3428,75 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="312AD276" w14:textId="07387432" w:rsidR="009A63EF" w:rsidRPr="00A2465C" w:rsidRDefault="007856AC" w:rsidP="009A63EF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Use data to s</w:t>
             </w:r>
             <w:r w:rsidR="009A63EF" w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">upport </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="009A63EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="009A63EF" w:rsidRPr="00387728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006565F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">new </w:t>
+              <w:t>new</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="006565F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009A63EF" w:rsidRPr="00387728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>scholarly work</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D546C03" w14:textId="7F039BC5" w:rsidR="009A63EF" w:rsidRPr="00A2465C" w:rsidRDefault="009A63EF" w:rsidP="009A63EF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
             <w:r w:rsidR="00443876">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -4544,51 +4629,69 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37421158" w14:textId="1274A637" w:rsidR="00246F9D" w:rsidRPr="004828AB" w:rsidRDefault="0001390B" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
       <w:r w:rsidR="00246F9D" w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> If needed, do you currently have funding to support ACT study staff work on this project? </w:t>
+        <w:t xml:space="preserve"> If needed, do you currently have funding to support ACT study staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00246F9D" w:rsidRPr="5C4FC3EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00246F9D" w:rsidRPr="5C4FC3EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on this project? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA03382" w14:textId="77777777" w:rsidR="00246F9D" w:rsidRPr="00FC09A6" w:rsidRDefault="00246F9D" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC09A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">This includes funding for programming, assistance with analyses, and/or preparation of lab samples. Funding has no bearing on whether your proposal is approved. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
@@ -7602,61 +7705,50 @@
       <w:r w:rsidR="00C66793">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">the remainder of Section 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>for a feasibility study/preparatory research)</w:t>
       </w:r>
       <w:r w:rsidR="00951801" w:rsidRPr="42F8E08E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4B2F3B" w14:textId="77777777" w:rsidR="0087218A" w:rsidRDefault="0087218A" w:rsidP="617F57BA">
-[...9 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="600" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3955"/>
         <w:gridCol w:w="5945"/>
       </w:tblGrid>
@@ -7846,123 +7938,182 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5945" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DD6A6C5" w14:textId="77777777" w:rsidR="007E37E1" w:rsidRPr="00593D90" w:rsidRDefault="007E37E1" w:rsidP="007E6A7F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D01E7" w:rsidRPr="00593D90" w14:paraId="22013849" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="069F5A0F" w14:textId="77777777" w:rsidR="006D01E7" w:rsidRDefault="006D01E7" w:rsidP="0087218A">
+          <w:p w14:paraId="069F5A0F" w14:textId="21513392" w:rsidR="006D01E7" w:rsidRDefault="006D01E7" w:rsidP="0087218A">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Brief planned statistical approach (100-200 words)</w:t>
+              <w:t xml:space="preserve">Brief planned statistical approach </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A4EA3F4" w14:textId="77777777" w:rsidR="006D01E7" w:rsidRDefault="006D01E7" w:rsidP="0087218A">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25F48B74" w14:textId="77777777" w:rsidR="006D01E7" w:rsidRDefault="006D01E7" w:rsidP="0087218A">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3196A361" w14:textId="77777777" w:rsidR="006D01E7" w:rsidRDefault="006D01E7" w:rsidP="0087218A">
+          <w:p w14:paraId="64C98507" w14:textId="528F9FA9" w:rsidR="006D01E7" w:rsidRPr="00593D90" w:rsidRDefault="006D01E7" w:rsidP="007E6A7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003441C2" w:rsidRPr="00593D90" w14:paraId="1136A4B0" w14:textId="77777777" w:rsidTr="00D6214B">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="253CE781" w14:textId="6552CE0C" w:rsidR="007B2B25" w:rsidRPr="0016368C" w:rsidRDefault="00475647" w:rsidP="00475647">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you require biospecimens, please describe the needed ACT </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>size</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and characteristics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">quantity of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F75116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">specimen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">requested, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>intended assay procedures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with laboratory information and clear justification for request</w:t>
+            </w:r>
+            <w:r w:rsidR="007B2B25">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59684BF4" w14:textId="58D63D80" w:rsidR="003441C2" w:rsidRDefault="003441C2" w:rsidP="003441C2">
             <w:pPr>
               <w:spacing w:after="60"/>
-              <w:rPr>
-[...38 lines deleted...]
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B82EF02" w14:textId="77777777" w:rsidR="0087218A" w:rsidRPr="009572DF" w:rsidRDefault="0087218A" w:rsidP="617F57BA">
       <w:pPr>
         <w:spacing w:after="60" w:line="219" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CCFEAED" w14:textId="0217C67A" w:rsidR="00B9600E" w:rsidRPr="007E37E1" w:rsidRDefault="007E37E1" w:rsidP="007E37E1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8207,51 +8358,51 @@
     <w:p w14:paraId="3FFE1620" w14:textId="1CA18A9F" w:rsidR="00054C08" w:rsidRPr="009572DF" w:rsidRDefault="00BD3808" w:rsidP="617F57BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please use the available </w:t>
       </w:r>
       <w:r w:rsidR="451F3C7E" w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ACT Study </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="0042689D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>data documentation resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0242036E" w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">on the ACT Study website </w:t>
@@ -8490,53 +8641,53 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27CA41B1" w14:textId="42FF421A" w:rsidR="00D572F3" w:rsidRPr="00EC565D" w:rsidRDefault="00D572F3" w:rsidP="007E6A7F">
-[...1 lines deleted...]
-              <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
+          <w:p w14:paraId="27CA41B1" w14:textId="42FF421A" w:rsidR="00D572F3" w:rsidRPr="00EC565D" w:rsidRDefault="00D572F3" w:rsidP="003315EA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ACT </w:t>
             </w:r>
             <w:r w:rsidR="00AA643C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">research </w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -8739,51 +8890,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Life Course </w:t>
             </w:r>
             <w:r w:rsidR="001B22CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>survey data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16D5B688" w14:textId="534C4DF0" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="16D5B688" w14:textId="41F0BADB" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8808,55 +8959,61 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F13C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
             <w:r w:rsidR="00940099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>geospatially-based</w:t>
+              <w:t>eospatially-based</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00940099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> data</w:t>
             </w:r>
             <w:r w:rsidR="001B22CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="4B41224C" w14:textId="77777777" w:rsidTr="007E6A7F">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -10194,155 +10351,62 @@
           </w:tcPr>
           <w:p w14:paraId="2075DFC9" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Biospecimens**</w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>: (select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6516F03E" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="3C0B6CA4" w14:textId="1A13F059" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...91 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_8"/>
                 <w:id w:val="-639112225"/>
                 <w:placeholder>
                   <w:docPart w:val="4A4E68ED6F1C4635B21BD55EA0BFBE17"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B52BB2">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:checkBox>
@@ -10391,52 +10455,70 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> DNA</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="1D539B8F" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+            <w:r w:rsidR="0099200A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D451DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for what </w:t>
+            </w:r>
+            <w:r w:rsidR="0099200A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">number of participants: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D539B8F" w14:textId="6166DACD" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -10480,50 +10562,68 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plasma</w:t>
             </w:r>
+            <w:r w:rsidR="0099200A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D451DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for what </w:t>
+            </w:r>
+            <w:r w:rsidR="0099200A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>number of participants:</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5BABA830" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -10582,88 +10682,88 @@
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Neuropathology tissue samples</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please describe: ____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B837778" w14:textId="63601DC4" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="2B837778" w14:textId="193697EE" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="0DCF1BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> To request tissue samples to link with ACT data, you must </w:t>
             </w:r>
             <w:r w:rsidRPr="00904CCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>also</w:t>
             </w:r>
             <w:r w:rsidRPr="0DCF1BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> complete and submit the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="001821AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>UW Neuropathology Core Resource Request Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="7410E73D" w14:textId="77777777" w:rsidTr="007E6A7F">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A362D2F" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
@@ -11581,117 +11681,135 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A478C4" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9876" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="29" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DB9C73B" w14:textId="7997719F" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
+          <w:p w14:paraId="0DB9C73B" w14:textId="6B7D320C" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">No additional data are needed. </w:t>
-[...30 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">No additional data </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0"/>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B1CEC9D" w14:textId="20013A74" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
+              <w:t xml:space="preserve"> needed. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This request is for a manuscript </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7529">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or scholarly work </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">using data received for a previously approved </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>data request</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, project or core, and does not require a new dataset.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDEF3A7" w14:textId="77777777" w:rsidR="007B2BB8" w:rsidRDefault="007B2BB8" w:rsidP="00E2126A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B1CEC9D" w14:textId="3CF5DAFD" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Previous Proposal Number: _______</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09991CFA" w14:textId="77777777" w:rsidR="002E345D" w:rsidRDefault="002E345D" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11923,51 +12041,69 @@
           <w:p w14:paraId="525A34B1" w14:textId="77777777" w:rsidR="003679F4" w:rsidRDefault="003679F4" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EEE99BA" w14:textId="460740C9" w:rsidR="003679F4" w:rsidRPr="00A2465C" w:rsidRDefault="000964DF" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">If no additional data are needed and there are no changes to the remainder of items in Section Four, </w:t>
+              <w:t xml:space="preserve">If no additional data </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needed and there are no changes to the remainder of items in Section Four, </w:t>
             </w:r>
             <w:r w:rsidR="0031495A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>please skip</w:t>
             </w:r>
             <w:r w:rsidR="00992A74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> items 4.3-</w:t>
             </w:r>
             <w:r w:rsidR="0031495A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
@@ -12124,51 +12260,65 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="29" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C1F237F" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="005A45B0" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A45B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">We propose to link the above indicated dataset to data obtained from a </w:t>
+              <w:t xml:space="preserve">We propose </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A45B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>to link</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A45B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the above indicated dataset to data obtained from a </w:t>
             </w:r>
             <w:r w:rsidRPr="005A45B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>private</w:t>
             </w:r>
             <w:r w:rsidRPr="005A45B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> source (such as an affiliated ACT grant or previously approved proposal). *Please be prepared to share a list of any participant/study IDs you have already obtained once the proposal is approved. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w14:paraId="70593360" w14:textId="77777777" w:rsidTr="00867EB7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -12424,51 +12574,51 @@
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="2AB38FE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7B2064A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please indicate what data structure is needed </w:t>
       </w:r>
       <w:r w:rsidRPr="7B2064A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">using information about </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="7B2064A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>the ACT Cohort</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="2AB38FE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2427A888" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -12935,50 +13085,113 @@
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>  All biennial visits</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F52CAC" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Subset of biennial visits: please describe:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBF7EE1" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -12995,54 +13208,54 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Subset of biennial visits: please describe:</w:t>
+        <w:t xml:space="preserve">  Cognitive referral visit(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBF7EE1" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="797340A5" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13055,57 +13268,71 @@
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Cognitive referral visit(s)</w:t>
+        <w:t>Annual visit data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797340A5" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="55840203" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13118,71 +13345,114 @@
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Annual visit data</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  Other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for visits or data, please describe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55840203" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="444E0189" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F9DB371" w14:textId="1646173A" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2064A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2064A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What group of participants should be included:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF9EB9D" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13198,95 +13468,54 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Other structure for visits or data, please describe:</w:t>
+        <w:t>  All participants from all cohorts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444E0189" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
-[...40 lines deleted...]
-    <w:p w14:paraId="5FF9EB9D" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="11D0BFBA" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13302,113 +13531,50 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>  All participants from all cohorts</w:t>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t>  Subset of participants (please describe):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1058064F" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="009572DF" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF6BFF8" w14:textId="0520DFC2" w:rsidR="00420EAD" w:rsidRPr="00876534" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.6</w:t>
@@ -13438,51 +13604,51 @@
         <w:t xml:space="preserve"> available from the standard ACT data freeze (e.g., variables from participant study visits, standard neuropathology derived variables, etc.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> in the table below</w:t>
       </w:r>
       <w:r w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to information about the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="7B2064A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>ACT Data Repository</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the ACT Study website to create </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13776,51 +13942,67 @@
         <w:t xml:space="preserve">variables that do not arise from standard ACT freeze datasets </w:t>
       </w:r>
       <w:r w:rsidR="0007074D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>using the table below</w:t>
       </w:r>
       <w:r w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Variables here would require special curation or derivation beyond standardly available variables from sources such as ICD codes from the Electronic Health Records or the ACT chart abstraction project</w:t>
+        <w:t xml:space="preserve">Variables here </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00876534">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>would require</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00876534">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special curation or derivation beyond standardly available variables from sources such as ICD codes from the Electronic Health Records or the ACT chart abstraction project</w:t>
       </w:r>
       <w:r w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFE6DFB" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="009572DF" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -15514,224 +15696,248 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for your </w:t>
       </w:r>
       <w:r w:rsidR="00516EFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>data request</w:t>
       </w:r>
       <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">. We will be in touch once the ACT review process is complete. If approved, you will be </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0093504C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">provided a Collaborative </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A30772">
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0093504C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Research</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093504C">
+        <w:t xml:space="preserve"> a Collaborative </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00294DD1">
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r w:rsidR="0093504C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Attestation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093504C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00294DD1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to sign and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="25E803C6">
+        <w:t>Attestation</w:t>
+      </w:r>
+      <w:r w:rsidR="0093504C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">notified </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0093504C">
+        <w:t xml:space="preserve"> to sign and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>whether</w:t>
-      </w:r>
+        <w:t>notified</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0093504C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:r w:rsidRPr="25E803C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a Data Use Agreement is required.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00054C08">
-      <w:headerReference w:type="default" r:id="rId26"/>
-      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="634D1B77" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="28898850" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="107F5DFC" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="7346D02C" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A25E74C" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="51E90242" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -15822,134 +16028,255 @@
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="789AF3DA" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="593BCA26" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26D17D0B" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="1CB9F78E" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B7CBD84" w14:textId="77777777" w:rsidR="00CF15A8" w:rsidRDefault="00CF15A8">
+    <w:p w14:paraId="24D36C4E" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="056E8C04" w14:textId="3EB57066" w:rsidR="00290ED4" w:rsidRPr="00847875" w:rsidRDefault="001E3874" w:rsidP="001E3874">
+  <w:p w14:paraId="056E8C04" w14:textId="4078C593" w:rsidR="00290ED4" w:rsidRPr="00847875" w:rsidRDefault="001E3874" w:rsidP="001E3874">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00847875">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r w:rsidR="00E41906" w:rsidRPr="00847875">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00656E57">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>12/11</w:t>
+    </w:r>
     <w:r w:rsidR="00EB6DE0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3/19/2025</w:t>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_bgrkwEkQ" int2:invalidationBookmarkName="" int2:hashCode="sl9Zh0TS/tyVlE" int2:id="RoXV5m3e">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E520C28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBA28686"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D52E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F94D902"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16018,51 +16345,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="316F33DA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03BCACB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16128,51 +16455,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397341F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94C01C66"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D9D62FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5CE2E400"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16214,51 +16654,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B897DD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4BA06D4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16328,126 +16768,134 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1949968229">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1973486130">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1865632494">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="81490184">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1973486130">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1865632494">
+  <w:num w:numId="5" w16cid:durableId="2136480083">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="81490184">
+  <w:num w:numId="6" w16cid:durableId="29108309">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00054C08"/>
     <w:rsid w:val="00000086"/>
     <w:rsid w:val="00000961"/>
     <w:rsid w:val="00004B4F"/>
     <w:rsid w:val="00007EE5"/>
     <w:rsid w:val="0001390B"/>
     <w:rsid w:val="00020880"/>
     <w:rsid w:val="0002321F"/>
     <w:rsid w:val="0002495D"/>
     <w:rsid w:val="00031BB6"/>
     <w:rsid w:val="00033D40"/>
     <w:rsid w:val="000363CC"/>
     <w:rsid w:val="000363D9"/>
     <w:rsid w:val="0003718B"/>
     <w:rsid w:val="000401FB"/>
     <w:rsid w:val="0004118F"/>
     <w:rsid w:val="000450D9"/>
     <w:rsid w:val="000452EB"/>
     <w:rsid w:val="00054C08"/>
     <w:rsid w:val="00054F88"/>
     <w:rsid w:val="0005726B"/>
+    <w:rsid w:val="00057E19"/>
     <w:rsid w:val="000623FA"/>
     <w:rsid w:val="000650DC"/>
     <w:rsid w:val="0006769E"/>
     <w:rsid w:val="0007074D"/>
     <w:rsid w:val="000717F3"/>
     <w:rsid w:val="00074422"/>
     <w:rsid w:val="000766B3"/>
     <w:rsid w:val="00081F93"/>
     <w:rsid w:val="000842D4"/>
     <w:rsid w:val="00084D42"/>
     <w:rsid w:val="00086F6A"/>
     <w:rsid w:val="00090930"/>
     <w:rsid w:val="00090FDD"/>
+    <w:rsid w:val="00092FC5"/>
     <w:rsid w:val="00093E17"/>
     <w:rsid w:val="000952C2"/>
     <w:rsid w:val="000964DF"/>
     <w:rsid w:val="000970AD"/>
     <w:rsid w:val="000A1969"/>
     <w:rsid w:val="000B42DE"/>
     <w:rsid w:val="000C4662"/>
     <w:rsid w:val="000C5BFC"/>
     <w:rsid w:val="000D63EC"/>
     <w:rsid w:val="000D6F21"/>
     <w:rsid w:val="000E6034"/>
     <w:rsid w:val="000F6ECD"/>
     <w:rsid w:val="00100038"/>
     <w:rsid w:val="00102647"/>
     <w:rsid w:val="00105200"/>
     <w:rsid w:val="00111C7B"/>
     <w:rsid w:val="001134A8"/>
     <w:rsid w:val="00113C72"/>
     <w:rsid w:val="00117850"/>
     <w:rsid w:val="00122130"/>
     <w:rsid w:val="00122FCB"/>
     <w:rsid w:val="001235E6"/>
     <w:rsid w:val="0012520A"/>
     <w:rsid w:val="00132958"/>
     <w:rsid w:val="00140F7C"/>
@@ -16456,329 +16904,352 @@
     <w:rsid w:val="00160D90"/>
     <w:rsid w:val="00161B51"/>
     <w:rsid w:val="00162279"/>
     <w:rsid w:val="00163E38"/>
     <w:rsid w:val="00165649"/>
     <w:rsid w:val="00165806"/>
     <w:rsid w:val="00167AF3"/>
     <w:rsid w:val="00170F99"/>
     <w:rsid w:val="00171CC9"/>
     <w:rsid w:val="00174904"/>
     <w:rsid w:val="00174DDF"/>
     <w:rsid w:val="001765F3"/>
     <w:rsid w:val="0018047B"/>
     <w:rsid w:val="001815E4"/>
     <w:rsid w:val="001821AF"/>
     <w:rsid w:val="001852D7"/>
     <w:rsid w:val="00185A8C"/>
     <w:rsid w:val="001868FD"/>
     <w:rsid w:val="001920D2"/>
     <w:rsid w:val="00196768"/>
     <w:rsid w:val="001A14A0"/>
     <w:rsid w:val="001A72EA"/>
     <w:rsid w:val="001B0A19"/>
     <w:rsid w:val="001B0B41"/>
     <w:rsid w:val="001B22CF"/>
+    <w:rsid w:val="001B3EFC"/>
     <w:rsid w:val="001B53E4"/>
     <w:rsid w:val="001B5BD1"/>
     <w:rsid w:val="001C0C25"/>
     <w:rsid w:val="001C18E9"/>
     <w:rsid w:val="001C2647"/>
     <w:rsid w:val="001D0186"/>
     <w:rsid w:val="001D1E1E"/>
     <w:rsid w:val="001D69D6"/>
     <w:rsid w:val="001E3874"/>
     <w:rsid w:val="001E69BC"/>
     <w:rsid w:val="001E72D9"/>
     <w:rsid w:val="001F416A"/>
     <w:rsid w:val="00204341"/>
     <w:rsid w:val="0020568D"/>
     <w:rsid w:val="00207323"/>
     <w:rsid w:val="002104A9"/>
     <w:rsid w:val="00212019"/>
     <w:rsid w:val="0021277A"/>
     <w:rsid w:val="0021543B"/>
     <w:rsid w:val="002167AB"/>
     <w:rsid w:val="00220408"/>
     <w:rsid w:val="0022129C"/>
     <w:rsid w:val="002215E1"/>
     <w:rsid w:val="00221B15"/>
+    <w:rsid w:val="0022242A"/>
     <w:rsid w:val="00223DFE"/>
     <w:rsid w:val="00225A2C"/>
     <w:rsid w:val="002266BC"/>
     <w:rsid w:val="00226D7B"/>
     <w:rsid w:val="00227080"/>
     <w:rsid w:val="00231CD5"/>
     <w:rsid w:val="00237B97"/>
     <w:rsid w:val="00237CCF"/>
     <w:rsid w:val="002416CC"/>
     <w:rsid w:val="0024321D"/>
     <w:rsid w:val="00246D3B"/>
     <w:rsid w:val="00246F9D"/>
     <w:rsid w:val="002519CA"/>
     <w:rsid w:val="002545FC"/>
     <w:rsid w:val="00254A50"/>
     <w:rsid w:val="00262815"/>
     <w:rsid w:val="002633D0"/>
     <w:rsid w:val="00265BB0"/>
     <w:rsid w:val="00273ABC"/>
     <w:rsid w:val="0027569A"/>
     <w:rsid w:val="002777D0"/>
     <w:rsid w:val="002854CF"/>
     <w:rsid w:val="002905F7"/>
     <w:rsid w:val="00290ED4"/>
     <w:rsid w:val="002942E1"/>
     <w:rsid w:val="00294DD1"/>
     <w:rsid w:val="002A2944"/>
     <w:rsid w:val="002A370C"/>
+    <w:rsid w:val="002A3A9F"/>
     <w:rsid w:val="002B18AC"/>
     <w:rsid w:val="002B26EE"/>
     <w:rsid w:val="002B507A"/>
     <w:rsid w:val="002B73AA"/>
     <w:rsid w:val="002B757C"/>
     <w:rsid w:val="002C0D5B"/>
     <w:rsid w:val="002CBBE1"/>
     <w:rsid w:val="002E345D"/>
     <w:rsid w:val="002E71DB"/>
     <w:rsid w:val="00307CBE"/>
     <w:rsid w:val="00311AA4"/>
     <w:rsid w:val="00313659"/>
     <w:rsid w:val="0031495A"/>
     <w:rsid w:val="00316AC6"/>
     <w:rsid w:val="003249AE"/>
     <w:rsid w:val="00324CFF"/>
+    <w:rsid w:val="003315EA"/>
     <w:rsid w:val="00331F3C"/>
     <w:rsid w:val="0033303F"/>
     <w:rsid w:val="00336707"/>
     <w:rsid w:val="00340741"/>
     <w:rsid w:val="00342D7D"/>
+    <w:rsid w:val="003441C2"/>
     <w:rsid w:val="00351545"/>
     <w:rsid w:val="0035158E"/>
     <w:rsid w:val="00354D6E"/>
     <w:rsid w:val="00356E4C"/>
     <w:rsid w:val="00357178"/>
     <w:rsid w:val="00357E0A"/>
+    <w:rsid w:val="00361D57"/>
     <w:rsid w:val="00363C57"/>
     <w:rsid w:val="00366AEA"/>
     <w:rsid w:val="003679F4"/>
     <w:rsid w:val="0037529E"/>
     <w:rsid w:val="0038120A"/>
     <w:rsid w:val="00381290"/>
     <w:rsid w:val="00387728"/>
     <w:rsid w:val="00387DFB"/>
     <w:rsid w:val="00390748"/>
     <w:rsid w:val="00391797"/>
     <w:rsid w:val="0039544C"/>
     <w:rsid w:val="003977AE"/>
     <w:rsid w:val="003A14EF"/>
     <w:rsid w:val="003A2C94"/>
     <w:rsid w:val="003A7235"/>
     <w:rsid w:val="003B018D"/>
+    <w:rsid w:val="003B0EDA"/>
     <w:rsid w:val="003B2942"/>
     <w:rsid w:val="003D6E44"/>
+    <w:rsid w:val="003E026B"/>
     <w:rsid w:val="003E11FD"/>
     <w:rsid w:val="003E4405"/>
     <w:rsid w:val="003E5DF7"/>
     <w:rsid w:val="003F3A39"/>
     <w:rsid w:val="003F4550"/>
     <w:rsid w:val="003F5DD1"/>
     <w:rsid w:val="00403BF9"/>
     <w:rsid w:val="00404214"/>
     <w:rsid w:val="00404218"/>
     <w:rsid w:val="004043D6"/>
     <w:rsid w:val="004043DB"/>
     <w:rsid w:val="00407A9A"/>
     <w:rsid w:val="004153BE"/>
     <w:rsid w:val="004154D6"/>
     <w:rsid w:val="00417488"/>
     <w:rsid w:val="00420EAD"/>
     <w:rsid w:val="00422F8D"/>
     <w:rsid w:val="0042689D"/>
     <w:rsid w:val="00430B3A"/>
     <w:rsid w:val="00430F76"/>
     <w:rsid w:val="0043200F"/>
     <w:rsid w:val="00435EBC"/>
     <w:rsid w:val="00436D21"/>
     <w:rsid w:val="00443876"/>
     <w:rsid w:val="00451928"/>
     <w:rsid w:val="00453839"/>
     <w:rsid w:val="0045396C"/>
     <w:rsid w:val="004579CB"/>
     <w:rsid w:val="004626CA"/>
     <w:rsid w:val="00464D48"/>
     <w:rsid w:val="00465AE1"/>
     <w:rsid w:val="0046622C"/>
     <w:rsid w:val="00466F89"/>
     <w:rsid w:val="004674FF"/>
     <w:rsid w:val="0046760A"/>
     <w:rsid w:val="004703E7"/>
     <w:rsid w:val="00471EB3"/>
     <w:rsid w:val="00471ECB"/>
     <w:rsid w:val="00473D59"/>
+    <w:rsid w:val="00475647"/>
     <w:rsid w:val="0048134A"/>
     <w:rsid w:val="0048174E"/>
     <w:rsid w:val="004828AB"/>
     <w:rsid w:val="0049033A"/>
     <w:rsid w:val="00492023"/>
     <w:rsid w:val="004A30AE"/>
     <w:rsid w:val="004A7911"/>
     <w:rsid w:val="004B28E6"/>
     <w:rsid w:val="004C1A33"/>
     <w:rsid w:val="004C1DD5"/>
     <w:rsid w:val="004C3D09"/>
+    <w:rsid w:val="004C3EBF"/>
     <w:rsid w:val="004C5A09"/>
     <w:rsid w:val="004C69A3"/>
     <w:rsid w:val="004C6E86"/>
     <w:rsid w:val="004D1A33"/>
     <w:rsid w:val="004D6D0A"/>
     <w:rsid w:val="004E0ECF"/>
     <w:rsid w:val="004E1139"/>
+    <w:rsid w:val="004E6667"/>
     <w:rsid w:val="004F2F0D"/>
     <w:rsid w:val="004F312C"/>
     <w:rsid w:val="00504E01"/>
     <w:rsid w:val="00504F71"/>
     <w:rsid w:val="00506D06"/>
     <w:rsid w:val="005077A4"/>
     <w:rsid w:val="00515236"/>
     <w:rsid w:val="00516EFA"/>
     <w:rsid w:val="00517B36"/>
     <w:rsid w:val="0052355D"/>
+    <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005242D4"/>
     <w:rsid w:val="005347BA"/>
     <w:rsid w:val="0053480E"/>
     <w:rsid w:val="00540835"/>
     <w:rsid w:val="00545AB4"/>
+    <w:rsid w:val="005514CC"/>
     <w:rsid w:val="005576BF"/>
     <w:rsid w:val="0056025E"/>
     <w:rsid w:val="005660E8"/>
     <w:rsid w:val="005714F1"/>
     <w:rsid w:val="0057211D"/>
     <w:rsid w:val="00572E48"/>
     <w:rsid w:val="00572FF2"/>
     <w:rsid w:val="005825BD"/>
     <w:rsid w:val="0059046F"/>
     <w:rsid w:val="00593D90"/>
     <w:rsid w:val="0059578B"/>
+    <w:rsid w:val="005978BF"/>
     <w:rsid w:val="005A29F9"/>
     <w:rsid w:val="005A2E07"/>
     <w:rsid w:val="005A45B0"/>
     <w:rsid w:val="005A6D30"/>
     <w:rsid w:val="005B6C9E"/>
     <w:rsid w:val="005B7920"/>
+    <w:rsid w:val="005C062F"/>
     <w:rsid w:val="005C064D"/>
     <w:rsid w:val="005C3F59"/>
     <w:rsid w:val="005E26BB"/>
     <w:rsid w:val="005E3318"/>
     <w:rsid w:val="005E6A16"/>
     <w:rsid w:val="005F2D8F"/>
     <w:rsid w:val="005F3233"/>
     <w:rsid w:val="005F59A0"/>
     <w:rsid w:val="005F67D3"/>
     <w:rsid w:val="005F6CE0"/>
     <w:rsid w:val="00600B90"/>
     <w:rsid w:val="00601112"/>
     <w:rsid w:val="00601BB1"/>
     <w:rsid w:val="00604561"/>
     <w:rsid w:val="00614CD7"/>
     <w:rsid w:val="00636A8B"/>
     <w:rsid w:val="00640371"/>
     <w:rsid w:val="00640CFB"/>
     <w:rsid w:val="006416F2"/>
     <w:rsid w:val="00643AA0"/>
     <w:rsid w:val="00645D91"/>
     <w:rsid w:val="00653DC1"/>
     <w:rsid w:val="006565F7"/>
+    <w:rsid w:val="00656E57"/>
+    <w:rsid w:val="00662306"/>
     <w:rsid w:val="00663558"/>
     <w:rsid w:val="00663D93"/>
     <w:rsid w:val="00666C09"/>
     <w:rsid w:val="00676036"/>
     <w:rsid w:val="00682BA7"/>
     <w:rsid w:val="00683358"/>
     <w:rsid w:val="006841B9"/>
     <w:rsid w:val="006847E3"/>
     <w:rsid w:val="006848C4"/>
     <w:rsid w:val="00686434"/>
     <w:rsid w:val="00686FC7"/>
     <w:rsid w:val="006901CA"/>
     <w:rsid w:val="00694E59"/>
     <w:rsid w:val="006950AB"/>
     <w:rsid w:val="006968F7"/>
     <w:rsid w:val="006A1B5D"/>
     <w:rsid w:val="006A7CD3"/>
     <w:rsid w:val="006A7D88"/>
     <w:rsid w:val="006B40B3"/>
     <w:rsid w:val="006B4E4A"/>
+    <w:rsid w:val="006C0DE8"/>
     <w:rsid w:val="006C125F"/>
     <w:rsid w:val="006C7A9B"/>
     <w:rsid w:val="006D01E7"/>
     <w:rsid w:val="006D27BF"/>
     <w:rsid w:val="006D37E2"/>
     <w:rsid w:val="006D4583"/>
     <w:rsid w:val="006E09DD"/>
     <w:rsid w:val="006E494A"/>
     <w:rsid w:val="006F2ADD"/>
     <w:rsid w:val="006F36FD"/>
     <w:rsid w:val="00702747"/>
     <w:rsid w:val="00707A56"/>
     <w:rsid w:val="007113FD"/>
     <w:rsid w:val="00711529"/>
     <w:rsid w:val="00712646"/>
     <w:rsid w:val="00717724"/>
     <w:rsid w:val="00721334"/>
     <w:rsid w:val="0072415D"/>
     <w:rsid w:val="00724F74"/>
     <w:rsid w:val="0072505E"/>
     <w:rsid w:val="00725DF1"/>
     <w:rsid w:val="00725F5E"/>
+    <w:rsid w:val="007301CB"/>
     <w:rsid w:val="00732A1C"/>
     <w:rsid w:val="00735748"/>
     <w:rsid w:val="00735C18"/>
+    <w:rsid w:val="0074794D"/>
+    <w:rsid w:val="00750357"/>
     <w:rsid w:val="007543D6"/>
     <w:rsid w:val="00764728"/>
     <w:rsid w:val="00765CA4"/>
     <w:rsid w:val="00770A4F"/>
     <w:rsid w:val="00772B0F"/>
     <w:rsid w:val="00775032"/>
     <w:rsid w:val="00775990"/>
     <w:rsid w:val="00781152"/>
     <w:rsid w:val="007824B3"/>
     <w:rsid w:val="007828EE"/>
     <w:rsid w:val="007856AC"/>
     <w:rsid w:val="00786165"/>
     <w:rsid w:val="0078701F"/>
     <w:rsid w:val="0078752C"/>
     <w:rsid w:val="00791FDD"/>
     <w:rsid w:val="00793CE0"/>
     <w:rsid w:val="007940A7"/>
     <w:rsid w:val="0079678F"/>
     <w:rsid w:val="00797345"/>
     <w:rsid w:val="007A008A"/>
     <w:rsid w:val="007A19BD"/>
     <w:rsid w:val="007A6C3F"/>
     <w:rsid w:val="007B0851"/>
     <w:rsid w:val="007B236E"/>
     <w:rsid w:val="007B248E"/>
+    <w:rsid w:val="007B2B25"/>
+    <w:rsid w:val="007B2BB8"/>
     <w:rsid w:val="007B372E"/>
     <w:rsid w:val="007B5292"/>
     <w:rsid w:val="007C0FAA"/>
     <w:rsid w:val="007C2C09"/>
     <w:rsid w:val="007C325C"/>
     <w:rsid w:val="007C590A"/>
     <w:rsid w:val="007C69AF"/>
     <w:rsid w:val="007C6CBE"/>
     <w:rsid w:val="007D3A09"/>
     <w:rsid w:val="007D6D37"/>
     <w:rsid w:val="007E014A"/>
     <w:rsid w:val="007E2F92"/>
     <w:rsid w:val="007E3105"/>
     <w:rsid w:val="007E31BF"/>
     <w:rsid w:val="007E351E"/>
     <w:rsid w:val="007E37E1"/>
     <w:rsid w:val="007E6A7F"/>
     <w:rsid w:val="007E6E8C"/>
     <w:rsid w:val="007F4CF4"/>
     <w:rsid w:val="007F5639"/>
     <w:rsid w:val="007F7B38"/>
     <w:rsid w:val="0080119B"/>
     <w:rsid w:val="008103CC"/>
     <w:rsid w:val="00815401"/>
     <w:rsid w:val="00815CAB"/>
@@ -16813,134 +17284,140 @@
     <w:rsid w:val="0089070C"/>
     <w:rsid w:val="008A0D0E"/>
     <w:rsid w:val="008A22E6"/>
     <w:rsid w:val="008A2B98"/>
     <w:rsid w:val="008A6B85"/>
     <w:rsid w:val="008A759D"/>
     <w:rsid w:val="008A7E31"/>
     <w:rsid w:val="008B28F9"/>
     <w:rsid w:val="008B70DA"/>
     <w:rsid w:val="008B785B"/>
     <w:rsid w:val="008B7C22"/>
     <w:rsid w:val="008B7DBC"/>
     <w:rsid w:val="008C2BEC"/>
     <w:rsid w:val="008C2E0A"/>
     <w:rsid w:val="008D0FB5"/>
     <w:rsid w:val="008D1A94"/>
     <w:rsid w:val="008D33FF"/>
     <w:rsid w:val="008D43AF"/>
     <w:rsid w:val="008D4DC2"/>
     <w:rsid w:val="008D66F6"/>
     <w:rsid w:val="008E096C"/>
     <w:rsid w:val="008E3578"/>
     <w:rsid w:val="008E576C"/>
     <w:rsid w:val="008F028E"/>
     <w:rsid w:val="008F1B44"/>
+    <w:rsid w:val="008F3024"/>
     <w:rsid w:val="008F70DF"/>
     <w:rsid w:val="009005B4"/>
+    <w:rsid w:val="00901C91"/>
     <w:rsid w:val="00901E4D"/>
     <w:rsid w:val="009031CF"/>
     <w:rsid w:val="00904785"/>
     <w:rsid w:val="00904CCB"/>
     <w:rsid w:val="0091387B"/>
     <w:rsid w:val="00914025"/>
     <w:rsid w:val="00916A95"/>
     <w:rsid w:val="0091767D"/>
     <w:rsid w:val="00932001"/>
     <w:rsid w:val="00934DED"/>
     <w:rsid w:val="0093504C"/>
     <w:rsid w:val="00940099"/>
     <w:rsid w:val="00940584"/>
     <w:rsid w:val="009428AB"/>
     <w:rsid w:val="009460BA"/>
     <w:rsid w:val="0094661E"/>
     <w:rsid w:val="0094752E"/>
     <w:rsid w:val="00951801"/>
     <w:rsid w:val="00951E77"/>
     <w:rsid w:val="009521CB"/>
     <w:rsid w:val="00952249"/>
     <w:rsid w:val="009565F7"/>
     <w:rsid w:val="00956F24"/>
     <w:rsid w:val="009572DF"/>
     <w:rsid w:val="009627A6"/>
     <w:rsid w:val="00963658"/>
     <w:rsid w:val="0096527E"/>
     <w:rsid w:val="0097143F"/>
     <w:rsid w:val="00975790"/>
     <w:rsid w:val="009828D1"/>
     <w:rsid w:val="00982BCF"/>
     <w:rsid w:val="00986101"/>
     <w:rsid w:val="00990E5F"/>
+    <w:rsid w:val="0099200A"/>
     <w:rsid w:val="00992A74"/>
     <w:rsid w:val="0099760E"/>
     <w:rsid w:val="009A3EED"/>
     <w:rsid w:val="009A63EF"/>
     <w:rsid w:val="009A6B0B"/>
     <w:rsid w:val="009A6D21"/>
     <w:rsid w:val="009B1F17"/>
     <w:rsid w:val="009B37FC"/>
     <w:rsid w:val="009C5993"/>
     <w:rsid w:val="009C5AA9"/>
     <w:rsid w:val="009C5DE2"/>
     <w:rsid w:val="009C69AD"/>
     <w:rsid w:val="009D012C"/>
     <w:rsid w:val="009D2AB9"/>
     <w:rsid w:val="009D5DCE"/>
     <w:rsid w:val="009D788B"/>
     <w:rsid w:val="009E1DA0"/>
     <w:rsid w:val="009E2698"/>
+    <w:rsid w:val="009E51CC"/>
     <w:rsid w:val="009E63E7"/>
     <w:rsid w:val="009E6ED6"/>
     <w:rsid w:val="009F1DC6"/>
     <w:rsid w:val="009F4388"/>
+    <w:rsid w:val="009F4742"/>
     <w:rsid w:val="009F4F7C"/>
     <w:rsid w:val="009F5806"/>
     <w:rsid w:val="009F63FA"/>
     <w:rsid w:val="009F6682"/>
     <w:rsid w:val="009F68F2"/>
     <w:rsid w:val="009F7030"/>
     <w:rsid w:val="00A00490"/>
     <w:rsid w:val="00A038D3"/>
     <w:rsid w:val="00A1080B"/>
     <w:rsid w:val="00A15BE3"/>
     <w:rsid w:val="00A1734E"/>
     <w:rsid w:val="00A173B6"/>
     <w:rsid w:val="00A23632"/>
     <w:rsid w:val="00A2465C"/>
     <w:rsid w:val="00A24B7F"/>
     <w:rsid w:val="00A30772"/>
     <w:rsid w:val="00A37B02"/>
     <w:rsid w:val="00A44A5C"/>
     <w:rsid w:val="00A4733E"/>
     <w:rsid w:val="00A56741"/>
     <w:rsid w:val="00A60395"/>
     <w:rsid w:val="00A605DF"/>
     <w:rsid w:val="00A62310"/>
     <w:rsid w:val="00A64622"/>
     <w:rsid w:val="00A65CA8"/>
     <w:rsid w:val="00A679F6"/>
     <w:rsid w:val="00A744F7"/>
+    <w:rsid w:val="00A75E49"/>
     <w:rsid w:val="00A85BCF"/>
     <w:rsid w:val="00A942FC"/>
     <w:rsid w:val="00AA0345"/>
     <w:rsid w:val="00AA0361"/>
     <w:rsid w:val="00AA052D"/>
     <w:rsid w:val="00AA2462"/>
     <w:rsid w:val="00AA643C"/>
     <w:rsid w:val="00AB03C9"/>
     <w:rsid w:val="00AB711F"/>
     <w:rsid w:val="00AC61E7"/>
     <w:rsid w:val="00AC6EC9"/>
     <w:rsid w:val="00AC7529"/>
     <w:rsid w:val="00AD5492"/>
     <w:rsid w:val="00AD56E7"/>
     <w:rsid w:val="00AD70F0"/>
     <w:rsid w:val="00AE00EC"/>
     <w:rsid w:val="00AE067F"/>
     <w:rsid w:val="00AE4C89"/>
     <w:rsid w:val="00B013AF"/>
     <w:rsid w:val="00B063FF"/>
     <w:rsid w:val="00B07091"/>
     <w:rsid w:val="00B07A16"/>
     <w:rsid w:val="00B104C2"/>
     <w:rsid w:val="00B1206A"/>
     <w:rsid w:val="00B13794"/>
@@ -16968,117 +17445,123 @@
     <w:rsid w:val="00B800BF"/>
     <w:rsid w:val="00B80325"/>
     <w:rsid w:val="00B80E2C"/>
     <w:rsid w:val="00B864FA"/>
     <w:rsid w:val="00B86DB2"/>
     <w:rsid w:val="00B91341"/>
     <w:rsid w:val="00B91B03"/>
     <w:rsid w:val="00B939AF"/>
     <w:rsid w:val="00B95A64"/>
     <w:rsid w:val="00B9600E"/>
     <w:rsid w:val="00B96306"/>
     <w:rsid w:val="00BA0017"/>
     <w:rsid w:val="00BA20D7"/>
     <w:rsid w:val="00BB43A0"/>
     <w:rsid w:val="00BB5D7B"/>
     <w:rsid w:val="00BC3E3A"/>
     <w:rsid w:val="00BC53A1"/>
     <w:rsid w:val="00BD37C5"/>
     <w:rsid w:val="00BD3808"/>
     <w:rsid w:val="00BD4538"/>
     <w:rsid w:val="00BD4C15"/>
     <w:rsid w:val="00BD58D0"/>
     <w:rsid w:val="00BE76AF"/>
     <w:rsid w:val="00BF065D"/>
     <w:rsid w:val="00BF5CCE"/>
+    <w:rsid w:val="00C0030A"/>
     <w:rsid w:val="00C10ABB"/>
     <w:rsid w:val="00C134CE"/>
     <w:rsid w:val="00C159C8"/>
     <w:rsid w:val="00C17137"/>
     <w:rsid w:val="00C22239"/>
+    <w:rsid w:val="00C30D71"/>
     <w:rsid w:val="00C344AD"/>
     <w:rsid w:val="00C36E81"/>
     <w:rsid w:val="00C4103D"/>
     <w:rsid w:val="00C411F1"/>
     <w:rsid w:val="00C46BC8"/>
     <w:rsid w:val="00C46C57"/>
     <w:rsid w:val="00C47830"/>
     <w:rsid w:val="00C47EFD"/>
     <w:rsid w:val="00C52A6A"/>
     <w:rsid w:val="00C537A6"/>
     <w:rsid w:val="00C61DCD"/>
     <w:rsid w:val="00C625BA"/>
     <w:rsid w:val="00C66793"/>
     <w:rsid w:val="00C66DDF"/>
     <w:rsid w:val="00C67DE7"/>
     <w:rsid w:val="00C70773"/>
     <w:rsid w:val="00C70DDE"/>
     <w:rsid w:val="00C74479"/>
     <w:rsid w:val="00C75D97"/>
     <w:rsid w:val="00C76B99"/>
     <w:rsid w:val="00C77262"/>
     <w:rsid w:val="00C773B9"/>
     <w:rsid w:val="00C77FE3"/>
     <w:rsid w:val="00C813DB"/>
     <w:rsid w:val="00C84DF8"/>
     <w:rsid w:val="00C86296"/>
     <w:rsid w:val="00C910F3"/>
     <w:rsid w:val="00C93CA7"/>
     <w:rsid w:val="00C950AF"/>
     <w:rsid w:val="00CA2C46"/>
+    <w:rsid w:val="00CA2FE2"/>
     <w:rsid w:val="00CA6AAA"/>
     <w:rsid w:val="00CB0767"/>
     <w:rsid w:val="00CB2503"/>
     <w:rsid w:val="00CB5F38"/>
     <w:rsid w:val="00CB74DD"/>
     <w:rsid w:val="00CC51B9"/>
     <w:rsid w:val="00CCF481"/>
     <w:rsid w:val="00CD0937"/>
     <w:rsid w:val="00CD66A9"/>
     <w:rsid w:val="00CE1139"/>
     <w:rsid w:val="00CE1EAE"/>
     <w:rsid w:val="00CE7D23"/>
     <w:rsid w:val="00CF068D"/>
     <w:rsid w:val="00CF15A8"/>
+    <w:rsid w:val="00CF3AB6"/>
     <w:rsid w:val="00CF6092"/>
     <w:rsid w:val="00D00A25"/>
     <w:rsid w:val="00D00E05"/>
     <w:rsid w:val="00D03B21"/>
     <w:rsid w:val="00D04BBF"/>
     <w:rsid w:val="00D04ECB"/>
     <w:rsid w:val="00D07829"/>
     <w:rsid w:val="00D07CB5"/>
     <w:rsid w:val="00D127A4"/>
     <w:rsid w:val="00D12D1E"/>
     <w:rsid w:val="00D14C2E"/>
     <w:rsid w:val="00D21EAF"/>
     <w:rsid w:val="00D23714"/>
     <w:rsid w:val="00D30572"/>
     <w:rsid w:val="00D33C16"/>
     <w:rsid w:val="00D37E8D"/>
+    <w:rsid w:val="00D451DF"/>
     <w:rsid w:val="00D52C3E"/>
     <w:rsid w:val="00D572F3"/>
+    <w:rsid w:val="00D6214B"/>
     <w:rsid w:val="00D637D3"/>
     <w:rsid w:val="00D642E2"/>
     <w:rsid w:val="00D6615E"/>
     <w:rsid w:val="00D70192"/>
     <w:rsid w:val="00D71CEC"/>
     <w:rsid w:val="00D743EB"/>
     <w:rsid w:val="00D7502A"/>
     <w:rsid w:val="00D761C3"/>
     <w:rsid w:val="00D7696F"/>
     <w:rsid w:val="00D84ECA"/>
     <w:rsid w:val="00D85041"/>
     <w:rsid w:val="00D86210"/>
     <w:rsid w:val="00D876DA"/>
     <w:rsid w:val="00D92ED7"/>
     <w:rsid w:val="00D93215"/>
     <w:rsid w:val="00D95FE4"/>
     <w:rsid w:val="00DA1A0C"/>
     <w:rsid w:val="00DA2272"/>
     <w:rsid w:val="00DA7104"/>
     <w:rsid w:val="00DA7E94"/>
     <w:rsid w:val="00DB1C59"/>
     <w:rsid w:val="00DB4A56"/>
     <w:rsid w:val="00DB4A89"/>
     <w:rsid w:val="00DB6E7B"/>
     <w:rsid w:val="00DB7764"/>
@@ -17101,125 +17584,135 @@
     <w:rsid w:val="00E008F9"/>
     <w:rsid w:val="00E0252A"/>
     <w:rsid w:val="00E1070D"/>
     <w:rsid w:val="00E11E4B"/>
     <w:rsid w:val="00E16F7D"/>
     <w:rsid w:val="00E17A68"/>
     <w:rsid w:val="00E21205"/>
     <w:rsid w:val="00E2126A"/>
     <w:rsid w:val="00E24970"/>
     <w:rsid w:val="00E25427"/>
     <w:rsid w:val="00E32C4A"/>
     <w:rsid w:val="00E3383A"/>
     <w:rsid w:val="00E3460B"/>
     <w:rsid w:val="00E36942"/>
     <w:rsid w:val="00E41906"/>
     <w:rsid w:val="00E4288A"/>
     <w:rsid w:val="00E43B5A"/>
     <w:rsid w:val="00E44D18"/>
     <w:rsid w:val="00E45844"/>
     <w:rsid w:val="00E47992"/>
     <w:rsid w:val="00E52F48"/>
     <w:rsid w:val="00E5395A"/>
     <w:rsid w:val="00E63047"/>
     <w:rsid w:val="00E644D0"/>
     <w:rsid w:val="00E6475E"/>
+    <w:rsid w:val="00E663A5"/>
     <w:rsid w:val="00E80472"/>
     <w:rsid w:val="00E816EC"/>
     <w:rsid w:val="00E81BE2"/>
     <w:rsid w:val="00E85BB5"/>
     <w:rsid w:val="00E867AB"/>
     <w:rsid w:val="00E907E7"/>
     <w:rsid w:val="00E90D9A"/>
+    <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00E955FC"/>
     <w:rsid w:val="00EA5801"/>
     <w:rsid w:val="00EB6DE0"/>
     <w:rsid w:val="00EC1853"/>
     <w:rsid w:val="00EC2B9E"/>
     <w:rsid w:val="00EC4A7D"/>
     <w:rsid w:val="00EC4ED9"/>
     <w:rsid w:val="00EC52D1"/>
     <w:rsid w:val="00ED1D07"/>
     <w:rsid w:val="00ED1EBC"/>
     <w:rsid w:val="00ED4735"/>
     <w:rsid w:val="00ED4F4A"/>
     <w:rsid w:val="00ED531B"/>
     <w:rsid w:val="00ED64D7"/>
     <w:rsid w:val="00EE0ECF"/>
+    <w:rsid w:val="00EE458A"/>
     <w:rsid w:val="00EE6291"/>
     <w:rsid w:val="00EE7D5C"/>
     <w:rsid w:val="00EF0A73"/>
     <w:rsid w:val="00EF1C41"/>
     <w:rsid w:val="00EF5DC0"/>
     <w:rsid w:val="00F01A95"/>
     <w:rsid w:val="00F042F7"/>
     <w:rsid w:val="00F052F8"/>
     <w:rsid w:val="00F05F25"/>
     <w:rsid w:val="00F072E1"/>
     <w:rsid w:val="00F11529"/>
     <w:rsid w:val="00F11EFE"/>
     <w:rsid w:val="00F1261B"/>
+    <w:rsid w:val="00F13336"/>
     <w:rsid w:val="00F136DC"/>
+    <w:rsid w:val="00F13C3B"/>
     <w:rsid w:val="00F171F7"/>
+    <w:rsid w:val="00F2396C"/>
     <w:rsid w:val="00F23FA9"/>
     <w:rsid w:val="00F30015"/>
     <w:rsid w:val="00F3365A"/>
     <w:rsid w:val="00F345A1"/>
     <w:rsid w:val="00F36456"/>
     <w:rsid w:val="00F368A5"/>
     <w:rsid w:val="00F4074E"/>
     <w:rsid w:val="00F41D93"/>
     <w:rsid w:val="00F41E1A"/>
     <w:rsid w:val="00F44716"/>
     <w:rsid w:val="00F4483F"/>
+    <w:rsid w:val="00F458F7"/>
     <w:rsid w:val="00F47BA6"/>
     <w:rsid w:val="00F53981"/>
     <w:rsid w:val="00F53C0C"/>
     <w:rsid w:val="00F55556"/>
     <w:rsid w:val="00F60915"/>
     <w:rsid w:val="00F63E0F"/>
     <w:rsid w:val="00F6537A"/>
     <w:rsid w:val="00F65FC2"/>
     <w:rsid w:val="00F73B8A"/>
     <w:rsid w:val="00F74E81"/>
     <w:rsid w:val="00F8066E"/>
     <w:rsid w:val="00F80BB0"/>
     <w:rsid w:val="00F83589"/>
     <w:rsid w:val="00F907E2"/>
+    <w:rsid w:val="00F909D2"/>
     <w:rsid w:val="00F9152D"/>
+    <w:rsid w:val="00F94403"/>
     <w:rsid w:val="00F9727C"/>
     <w:rsid w:val="00F976DA"/>
     <w:rsid w:val="00F97828"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FA415B"/>
     <w:rsid w:val="00FA4BD6"/>
     <w:rsid w:val="00FA7C78"/>
     <w:rsid w:val="00FB1810"/>
     <w:rsid w:val="00FB33C7"/>
     <w:rsid w:val="00FB5775"/>
     <w:rsid w:val="00FC09A6"/>
     <w:rsid w:val="00FC6656"/>
+    <w:rsid w:val="00FE1B10"/>
     <w:rsid w:val="00FE1D39"/>
     <w:rsid w:val="00FF39EA"/>
     <w:rsid w:val="00FF4952"/>
     <w:rsid w:val="00FF53D7"/>
     <w:rsid w:val="00FF74EE"/>
     <w:rsid w:val="00FF77AC"/>
     <w:rsid w:val="01CCA68C"/>
     <w:rsid w:val="0242036E"/>
     <w:rsid w:val="02711E8D"/>
     <w:rsid w:val="02FF3855"/>
     <w:rsid w:val="0300EB8C"/>
     <w:rsid w:val="031FE7D4"/>
     <w:rsid w:val="034FB706"/>
     <w:rsid w:val="0397BE23"/>
     <w:rsid w:val="03C421B0"/>
     <w:rsid w:val="04131FCD"/>
     <w:rsid w:val="0504474E"/>
     <w:rsid w:val="05EB115C"/>
     <w:rsid w:val="06225D7F"/>
     <w:rsid w:val="0636D917"/>
     <w:rsid w:val="06710963"/>
     <w:rsid w:val="06BE55E4"/>
     <w:rsid w:val="06FCD1F5"/>
     <w:rsid w:val="0739209D"/>
     <w:rsid w:val="076B5171"/>
@@ -17395,50 +17888,51 @@
     <w:rsid w:val="49173D0B"/>
     <w:rsid w:val="4959A817"/>
     <w:rsid w:val="4991FF5C"/>
     <w:rsid w:val="49B19835"/>
     <w:rsid w:val="4A6850C4"/>
     <w:rsid w:val="4A8BA7B8"/>
     <w:rsid w:val="4AB89640"/>
     <w:rsid w:val="4B84D7C1"/>
     <w:rsid w:val="4BA41C55"/>
     <w:rsid w:val="4BB00FD6"/>
     <w:rsid w:val="4BD2B75A"/>
     <w:rsid w:val="4D28F652"/>
     <w:rsid w:val="4D979F59"/>
     <w:rsid w:val="4DCC1ECF"/>
     <w:rsid w:val="4DDC2AB6"/>
     <w:rsid w:val="4E04051F"/>
     <w:rsid w:val="4E274AC5"/>
     <w:rsid w:val="4E4877EE"/>
     <w:rsid w:val="4EBCE834"/>
     <w:rsid w:val="4ED993A1"/>
     <w:rsid w:val="4EF2BBFE"/>
     <w:rsid w:val="4EF9F7D5"/>
     <w:rsid w:val="4F987EE9"/>
     <w:rsid w:val="50A7B311"/>
     <w:rsid w:val="5115B7D0"/>
+    <w:rsid w:val="51CA8EA5"/>
     <w:rsid w:val="5247CE88"/>
     <w:rsid w:val="525D174C"/>
     <w:rsid w:val="52AF90E7"/>
     <w:rsid w:val="53289B44"/>
     <w:rsid w:val="53FF338E"/>
     <w:rsid w:val="54DDE47D"/>
     <w:rsid w:val="556338E2"/>
     <w:rsid w:val="5566A36B"/>
     <w:rsid w:val="5574E7D3"/>
     <w:rsid w:val="55786712"/>
     <w:rsid w:val="557B2434"/>
     <w:rsid w:val="55A534A5"/>
     <w:rsid w:val="55BDB3F6"/>
     <w:rsid w:val="56469DEC"/>
     <w:rsid w:val="569F2007"/>
     <w:rsid w:val="56DEFD5B"/>
     <w:rsid w:val="579AA52A"/>
     <w:rsid w:val="57ADC8D7"/>
     <w:rsid w:val="57D44463"/>
     <w:rsid w:val="5858B5C6"/>
     <w:rsid w:val="58AB3205"/>
     <w:rsid w:val="58D1AECF"/>
     <w:rsid w:val="59759625"/>
     <w:rsid w:val="59ADD7C1"/>
     <w:rsid w:val="5A200FB8"/>
@@ -18108,52 +18602,50 @@
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
@@ -19733,51 +20225,51 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2058815042">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/data-query-tool" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/604cc38f-ddf0-4649-a608-c7e6ec2ee191/9" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/6fd2dc9e-d337-4301-9d72-86d1b1fc6eb0/9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/71ac7470-1714-410d-8cd6-b96174b60364/322" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/5e8cba59-43ce-4391-b51e-7c1e6091e015/322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/about/meet-our-researchers" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-cohort" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/collaboration/p-p_committee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/1ht1VDvhYjqDgOT11t8otpO0w6xTIZX-PV7dGq6OcEBo/viewform?edit_requested=true" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/23721ec6-297a-4615-90f5-4af3754a3638/322" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/data-query-tool" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/about/meet-our-researchers" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/6fd2dc9e-d337-4301-9d72-86d1b1fc6eb0/9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/71ac7470-1714-410d-8cd6-b96174b60364/322" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-cohort" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/5e8cba59-43ce-4391-b51e-7c1e6091e015/322" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwhri-act-da-core@kp.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.iths.org/surveys/?s=EX3HPLJEPYAKNR7F" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/collaboration/p-p_committee" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/23721ec6-297a-4615-90f5-4af3754a3638/322" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/604cc38f-ddf0-4649-a608-c7e6ec2ee191/9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B722E63FB3604D93BB866176FB26A39F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5DA27D9F-3BF8-46A4-ABBA-4CA13E2A5AD4}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -19854,125 +20346,125 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{539641B8-DD42-45CE-91BE-28D77BAF7DD5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006C6D5D" w:rsidRDefault="006C6D5D"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D924810E912F497E91574FB0ADE74EEC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3FE6F2C2-C703-4289-B522-E0B06707CEC5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000"/>
+        <w:p w:rsidR="008074B8" w:rsidRDefault="008074B8"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A4E68ED6F1C4635B21BD55EA0BFBE17"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E0D38062-1377-4556-9CD2-A068D3E2FEAA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00000000"/>
+        <w:p w:rsidR="008074B8" w:rsidRDefault="008074B8"/>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -20006,80 +20498,88 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00946708"/>
     <w:rsid w:val="00036AD8"/>
     <w:rsid w:val="00082217"/>
     <w:rsid w:val="000F7FD6"/>
     <w:rsid w:val="00107FB3"/>
     <w:rsid w:val="00132ED5"/>
     <w:rsid w:val="0020788A"/>
     <w:rsid w:val="002A4C58"/>
     <w:rsid w:val="002D2F9B"/>
     <w:rsid w:val="00306637"/>
     <w:rsid w:val="003A6033"/>
     <w:rsid w:val="003B5060"/>
     <w:rsid w:val="003D5213"/>
     <w:rsid w:val="003F3136"/>
+    <w:rsid w:val="004077AD"/>
     <w:rsid w:val="00454BA8"/>
     <w:rsid w:val="00467C42"/>
     <w:rsid w:val="00473560"/>
+    <w:rsid w:val="00523FFF"/>
+    <w:rsid w:val="005978BF"/>
     <w:rsid w:val="005B49E1"/>
     <w:rsid w:val="00607406"/>
     <w:rsid w:val="006B3BEA"/>
     <w:rsid w:val="006C0AD5"/>
     <w:rsid w:val="006C6D5D"/>
     <w:rsid w:val="0070373E"/>
+    <w:rsid w:val="00750357"/>
     <w:rsid w:val="007A6090"/>
     <w:rsid w:val="007E4308"/>
+    <w:rsid w:val="008074B8"/>
     <w:rsid w:val="00837CE1"/>
     <w:rsid w:val="008965F4"/>
     <w:rsid w:val="008D159A"/>
     <w:rsid w:val="0092739B"/>
     <w:rsid w:val="00946708"/>
     <w:rsid w:val="009C3DE8"/>
     <w:rsid w:val="009D6F86"/>
+    <w:rsid w:val="009E2FFD"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="00A026A8"/>
     <w:rsid w:val="00A56C82"/>
     <w:rsid w:val="00AE4B59"/>
     <w:rsid w:val="00B02B3A"/>
     <w:rsid w:val="00BB3FC4"/>
     <w:rsid w:val="00BD183D"/>
+    <w:rsid w:val="00C14BB3"/>
     <w:rsid w:val="00C26212"/>
     <w:rsid w:val="00CA6B7A"/>
     <w:rsid w:val="00CD71E6"/>
     <w:rsid w:val="00E17C44"/>
     <w:rsid w:val="00E754CC"/>
+    <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00ED569D"/>
     <w:rsid w:val="00F90642"/>
     <w:rsid w:val="00FE67F8"/>
     <w:rsid w:val="00FF53D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
@@ -20810,78 +21310,63 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c0ab7c67-a182-4cff-82ad-fedc307637e2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="da64132122c772c75d69c6f7d745cbba" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010009A370262177E74A8AB18EF11779BB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="74c7672c0ea3ef78d276f861a6edd5c4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a90ecd954fb9064e747244675bfbab31" ns2:_="" ns3:_="">
     <xsd:import namespace="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <xsd:import namespace="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -21072,130 +21557,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mibwqJQCd5tFe/aE6DoAkoukwomxw==">AMUW2mWF5Q3ASDCCsYAkUUNpWQ+qPUQT4RnbKZk8gdZBfUs4B+d+dnupWMe3I8j7YIHw6NEDEsPF/lk34c2VDax8s5WHEo7k0fyCvQTS2qRcPj2CJsT+11it7aoCWIjfb0Keli4EXjDl+zXyoD/re7xFwk6tAjnFntFte+i4H2FpsMG4BG6coLQNmKLYFgZOJBYJVlfdlF29DSiPgjygJwLfUtYxKVQ7P1af76fNmS8vW9YoDM5VY/nAv0T6A6pTqbbgHjeO+QUMbE1X63qEgTOkLpUjcClQiimGH9XvyP4bDMElePUYYNacYVvSL91e7FJNLHFFcXXXJ9M6dmbjHzuHwcl2Djhb+1frXHTpiwYusvaQ2Ttb0cuQesZhkDyQlYNbdBwxUBLIx4TBmiEZ6zzYdQEbIM+hq7Itqq0JgAYaZL63u6aQdL0xJVScNWnsyBpRN0Q0jVdYv8r2QUoDWqk1lP+qZGLhMpmThO38sFlob3OlOlWqobQNU3bdaV752Ml84gqm6AwukbWfrSBBMkz8SBIVcpDICSzBlBjCreawU6BNNCcfvM4YAchtSUtbPRlYlHJldMlAjXWR08bYrzIfxynQWhVP2cRuAbnM2C6Sc0P4zm1xolETZoX9Fo5TgOz+r1Hr3Gi+StRDEjZxRcW8shq5xym00OhrBxo4sCFscaKG0WeE8kPZtySdlbxyNi2ctbrVqehVdbI9GTo8dpeiccyV6uHvUWmzhAXC1FLV5T49wLalMLetoeLqYn3oXo6jn7dwcbZbEwAC9NAZozBFg+sQgtT/NpOqPX/PkSTy9bbGbglTH3bx7Lp35e1uMUg6rVGva/6T5SQU/yMVlSLhHFmbfvwz4Uqq2N5EtoBZco/HQWlebjYQMaxV3bObDtA34baCDXaTrpxy1uDEk00E4YMDBxNSeqtL87eJ0HV+LxjgINdjoI23RCKnLhP6Is5dUW9Hx06bVBms+vqDCUrWjSRef+v1mZ4vXJTej1y4PbuZgEMWvFZyUQjVMmPppvXHQpjytqAd9wPE2h2o2NFKR6VYqGMPqimnwoVFo7pph9EmWtRz6SShT/JUWYSb2eYJWIPQTTDuyNq8sdcdIAGyu7i67iB8zOjpTatMtskG7NZt8SFlPM/Va18oL36f12FjYlj31jIKJhVKFwwvIoy63YZJzTXAMMilKDH44uvnQJP4hDiTirhBj4hrMnSOrucKFGi4W1vfGX9X//J0kosqIXEqhTe85hWQICvhcFc906Wsl0RQZ9hPiB+flZk3rsedugE9eldugFiX5HK7Tdb3xD2CqRPtYmfF0aAXkFG+QOufSoPGnH6qk+Z+IlvDcwjc8CB8nTg1</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CDD3CB-5826-4C02-A5CA-DD0EBB645BA1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{697FBE9B-8292-4E4B-B3A8-A16F3AEAB901}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4382D87-2D8B-42BB-9798-7F285F77DA00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{715EFA9E-E94B-483D-8989-CDD2397F9DFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD8864C5-81D6-4884-9F0C-9FD2A21C4333}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" enabled="0" method="" siteId="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2554</Words>
-  <Characters>14559</Characters>
+  <Words>2654</Words>
+  <Characters>14996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>999</Lines>
+  <Paragraphs>678</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17079</CharactersWithSpaces>
+  <CharactersWithSpaces>16972</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bonnie K Lind</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010009A370262177E74A8AB18EF11779BB5A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">