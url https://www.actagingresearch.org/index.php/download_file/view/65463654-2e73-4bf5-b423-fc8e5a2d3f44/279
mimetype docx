--- v1 (2025-12-12)
+++ v2 (2026-03-16)
@@ -1058,61 +1058,61 @@
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>kpwhri-act-da-core@kp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007301CB" w:rsidRPr="007301CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="007301CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">wait to complete and submit this form for the manuscript proposal stage. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113484E5" w14:textId="77777777" w:rsidR="00113C72" w:rsidRPr="00735C18" w:rsidRDefault="00113C72" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.9u724wfjtcwb"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="03E8F17A" w14:textId="3AAB2F1A" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="25E803C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_heading=h.9u724wfjtcwb"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section One: Project Title and Information </w:t>
       </w:r>
       <w:r w:rsidR="00C411F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
       <w:r w:rsidR="00C411F1" w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0959624D" w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Collaborators</w:t>
       </w:r>
     </w:p>
@@ -3694,81 +3694,74 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8CBD29" w14:textId="4653AE26" w:rsidR="00772B0F" w:rsidRDefault="009A63EF" w:rsidP="0037529E">
+          <w:p w14:paraId="11928EA7" w14:textId="3A8567E7" w:rsidR="0037529E" w:rsidRPr="00A2465C" w:rsidRDefault="009A63EF" w:rsidP="0037529E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="007F4CF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">please describe: </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0444565B" w14:textId="77777777" w:rsidR="00054C08" w:rsidRPr="00A2465C" w:rsidRDefault="00054C08" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CB197AE" w14:textId="23483AEB" w:rsidR="00054C08" w:rsidRPr="00A2465C" w:rsidRDefault="0001390B" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3946,60 +3939,50 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00901E4D" w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00901E4D" w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="45E046F1" w14:textId="36306477" w:rsidR="00246F9D" w:rsidRPr="00F3365A" w:rsidRDefault="0001390B" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidR="00246F9D" w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> How did you hear about the ACT study and determine that its data would be a good fit for your project?</w:t>
@@ -5369,51 +5352,50 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5E8B7A" w14:textId="27AB76FA" w:rsidR="00246F9D" w:rsidRPr="002B26EE" w:rsidRDefault="00246F9D" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002B26EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="002B26EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
@@ -5497,50 +5479,51 @@
     <w:p w14:paraId="0219B266" w14:textId="77777777" w:rsidR="00246F9D" w:rsidRPr="00F3365A" w:rsidRDefault="00246F9D" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EDD95E6" w14:textId="4DD97815" w:rsidR="00246F9D" w:rsidRPr="00F3365A" w:rsidRDefault="0001390B" w:rsidP="00246F9D">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="008B7DBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00246F9D" w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Please indicate which ACT </w:t>
       </w:r>
       <w:r w:rsidR="00246F9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">U19 </w:t>
@@ -8153,72 +8136,78 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A408C5" w14:textId="77777777" w:rsidR="00054C08" w:rsidRDefault="00054C08" w:rsidP="617F57BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D236115" w14:textId="77777777" w:rsidR="00492023" w:rsidRDefault="00492023" w:rsidP="617F57BA">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29F14F59" w14:textId="6525E393" w:rsidR="00054C08" w:rsidRDefault="007E37E1" w:rsidP="617F57BA">
+    <w:p w14:paraId="29F14F59" w14:textId="496FBF82" w:rsidR="00054C08" w:rsidRDefault="007E37E1" w:rsidP="617F57BA">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E37E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.1.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7D96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD3808" w:rsidRPr="617F57BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>References (3-5 key references)</w:t>
       </w:r>
       <w:r w:rsidR="00492023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BB6C355" w14:textId="77777777" w:rsidR="00492023" w:rsidRDefault="00492023" w:rsidP="25E803C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -8484,147 +8473,83 @@
         <w:t xml:space="preserve"> this request? </w:t>
       </w:r>
       <w:r w:rsidR="005F6CE0" w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Check all that apply</w:t>
       </w:r>
       <w:r w:rsidR="005F6CE0" w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005F6CE0" w:rsidRPr="5C4FC3EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227B286F" w14:textId="425AF2B0" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="005F6CE0">
-[...62 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="361"/>
         <w:tblW w:w="9900" w:type="dxa"/>
-        <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="541"/>
         <w:gridCol w:w="9359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D572F3" w:rsidRPr="00EC565D" w14:paraId="1546E757" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="578FBFFB" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B44BBC" w14:textId="77777777" w:rsidR="00D572F3" w:rsidRPr="00EC565D" w:rsidRDefault="00D572F3" w:rsidP="007E6A7F">
+          <w:p w14:paraId="50394043" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
@@ -8641,116 +8566,116 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27CA41B1" w14:textId="42FF421A" w:rsidR="00D572F3" w:rsidRPr="00EC565D" w:rsidRDefault="00D572F3" w:rsidP="003315EA">
+          <w:p w14:paraId="3F6317AB" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">ACT </w:t>
             </w:r>
-            <w:r w:rsidR="00AA643C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">research </w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>study visit</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A73D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
-            <w:r w:rsidR="00D37E8D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="1FC82FD0" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="134396F2" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9323EB" w14:textId="76EBEFE4" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="40C4D740" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -8769,93 +8694,93 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C22E9C7" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="5A828EA3" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Life Course</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A73D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F63E0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AA5A703" w14:textId="687BB9B1" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="5DA6DBA1" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -8881,60 +8806,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Course </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="16D5B688" w14:textId="41F0BADB" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+              <w:t>Life Course survey data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65449637" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="002B18AC" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8959,88 +8878,76 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00F13C3B">
-[...9 lines deleted...]
-              <w:t>eospatially-based</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Geospatially-based</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00940099">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="4B41224C" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="0919EBBF" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C25A562" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="23028906" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -9059,104 +8966,104 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4683F5" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="334F6D1E" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="002B18AC" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic health </w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">record </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">&amp; utilization </w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="388C93D1" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="5B788C12" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCDA4B7" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="4275BBAE" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
@@ -9173,100 +9080,100 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1834B190" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="39ADCC04" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Medical record </w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>abstraction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> data</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (currently only available on autopsy population)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="34C7E0E9" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="607A2758" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040F7CBD" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="3AA2677B" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
@@ -9283,78 +9190,78 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613120E5" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="0368A477" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropathology data </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="7DC785FB" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="7C3C9148" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="730C1DD0" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="49444B10" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
@@ -9371,77 +9278,77 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E0A63B" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="5C007476" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="002B18AC" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Neuroimaging</w:t>
             </w:r>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> data: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F55EE09" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="1880AFEE" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -9494,51 +9401,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Scored/derived data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E99CFD9" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00D42389" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="1BEA07DE" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00D42389" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -9565,60 +9472,60 @@
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Raw MRI scan*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="65A498AF" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="59655EB6" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6BD954" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="3A9E7BDB" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -9637,79 +9544,79 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="467D6221" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="6D024E68" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Activity monitoring device (accelerometry) data</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F63E0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="532A5412" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="0C86E16C" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -9740,51 +9647,51 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ActivPAL</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="19E80657" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="2D82A69B" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -9815,51 +9722,51 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ActiGraph</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="7547FC3D" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="083E4EE5" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -9906,60 +9813,60 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Actiwatch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (sleep)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="0958FC22" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="159B5B4A" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76825A65" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="20EF5CD0" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
@@ -9976,102 +9883,102 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D2D952" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="19C8523C" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="60" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Genetic data</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">*: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F73B8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10E7BF63" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="350783E4" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="60" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="2B579A"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_6"/>
                 <w:id w:val="-533278247"/>
                 <w:placeholder>
-                  <w:docPart w:val="D924810E912F497E91574FB0ADE74EEC"/>
+                  <w:docPart w:val="8B00FB7C8E7B4FB5A111B40F528C2D06"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:checkBox>
                         <w:sizeAuto/>
                         <w:default w:val="0"/>
                       </w:checkBox>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
@@ -10087,74 +9994,74 @@
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  APOE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25A5ECF8" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="7C5B8F3A" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="60" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="2B579A"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_7"/>
                 <w:id w:val="-347107126"/>
                 <w:placeholder>
-                  <w:docPart w:val="D924810E912F497E91574FB0ADE74EEC"/>
+                  <w:docPart w:val="8B00FB7C8E7B4FB5A111B40F528C2D06"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:checkBox>
                         <w:sizeAuto/>
                         <w:default w:val="0"/>
                       </w:checkBox>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
@@ -10170,74 +10077,74 @@
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Genome wide SNP data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6980B2D1" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="5F929642" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="2B579A"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_8"/>
                 <w:id w:val="-176816533"/>
                 <w:placeholder>
-                  <w:docPart w:val="D924810E912F497E91574FB0ADE74EEC"/>
+                  <w:docPart w:val="8B00FB7C8E7B4FB5A111B40F528C2D06"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:checkBox>
                         <w:sizeAuto/>
                         <w:default w:val="0"/>
                       </w:checkBox>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
@@ -10255,60 +10162,60 @@
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidRPr="00A2465C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other genetic data: Please describe: _____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="6D8B0B1C" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="0E594842" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35CD4FA9" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="0409DC49" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -10327,98 +10234,98 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2075DFC9" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="09548B0E" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00B52BB2" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Biospecimens**</w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>: (select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C0B6CA4" w14:textId="1A13F059" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="0B6743D9" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00B52BB2" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_8"/>
                 <w:id w:val="-639112225"/>
                 <w:placeholder>
-                  <w:docPart w:val="4A4E68ED6F1C4635B21BD55EA0BFBE17"/>
+                  <w:docPart w:val="F9E22391DD934E38946129C800154BCF"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B52BB2">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:checkBox>
                         <w:sizeAuto/>
                         <w:default w:val="0"/>
                       </w:checkBox>
                     </w:ffData>
                   </w:fldChar>
                 </w:r>
                 <w:r w:rsidRPr="00B52BB2">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
                 </w:r>
@@ -10455,70 +10362,58 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> DNA</w:t>
             </w:r>
-            <w:r w:rsidR="0099200A">
-[...18 lines deleted...]
-          <w:p w14:paraId="1D539B8F" w14:textId="6166DACD" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, for what number of participants: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A2924F" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00B52BB2" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -10562,70 +10457,58 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plasma</w:t>
             </w:r>
-            <w:r w:rsidR="0099200A">
-[...18 lines deleted...]
-          <w:p w14:paraId="5BABA830" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, for what number of participants:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ED39632" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -10682,108 +10565,108 @@
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Neuropathology tissue samples</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please describe: ____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B837778" w14:textId="193697EE" w:rsidR="00342D7D" w:rsidRPr="002B18AC" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="7635F086" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="002B18AC" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="0DCF1BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> To request tissue samples to link with ACT data, you must </w:t>
             </w:r>
             <w:r w:rsidRPr="00904CCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>also</w:t>
             </w:r>
             <w:r w:rsidRPr="0DCF1BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> complete and submit the </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="001821AF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>UW Neuropathology Core Resource Request Form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="7410E73D" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="4E6C3D23" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A362D2F" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00A2465C" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="1235BDF5" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -10802,85 +10685,85 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7008DD" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00B52BB2" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="32C51966" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00B52BB2" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ACT curated dataset</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> at ADGC available for approved SAG proposals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D7D" w:rsidRPr="00EC565D" w14:paraId="3D4F3F5C" w14:textId="77777777" w:rsidTr="007E6A7F">
+      <w:tr w:rsidR="00211D7C" w:rsidRPr="00EC565D" w14:paraId="1E922945" w14:textId="77777777" w:rsidTr="00211D7C">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47841103" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="297254D0" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
@@ -10897,51 +10780,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="308D71B0" w14:textId="77777777" w:rsidR="00342D7D" w:rsidRPr="00EC565D" w:rsidRDefault="00342D7D" w:rsidP="00342D7D">
+          <w:p w14:paraId="222C7506" w14:textId="77777777" w:rsidR="00211D7C" w:rsidRPr="00EC565D" w:rsidRDefault="00211D7C" w:rsidP="00211D7C">
             <w:pPr>
               <w:spacing w:after="60" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -10950,50 +10833,120 @@
             </w:r>
             <w:r w:rsidRPr="00B032E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>epository data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (please specify): </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>_____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="227B286F" w14:textId="3F42214A" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="00211D7C" w:rsidP="005F6CE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(External </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14E5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s: Please work with your </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">internal </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACT collaborator to identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>needed</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A370C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="38081487" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="005F6CE0">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>*Requires IRB review at recipient institution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29086253" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRDefault="005F6CE0" w:rsidP="005F6CE0">
       <w:pPr>
         <w:spacing w:before="80" w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -12249,89 +12202,95 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="29" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C1F237F" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="005A45B0" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
+          <w:p w14:paraId="4C1F237F" w14:textId="7908153F" w:rsidR="005F6CE0" w:rsidRPr="008E7FCD" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">We propose </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>to link</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> the above indicated dataset to data obtained from a </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>private</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> source (such as an affiliated ACT grant or previously approved proposal). *Please be prepared to share a list of any participant/study IDs you have already obtained once the proposal is approved. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97723" w:rsidRPr="008E7FCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Note: If the data linkage requires access to PHI beyond a limited dataset, the linkage must be done by a KPWHRI employee with PHI remaining behind the KPWHRI firewall.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w14:paraId="70593360" w14:textId="77777777" w:rsidTr="00867EB7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D68782A" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="00000000" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
@@ -12389,103 +12348,109 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="2B579A"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="29" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BD6892B" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="005A45B0" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
+          <w:p w14:paraId="7BD6892B" w14:textId="4ED43880" w:rsidR="005F6CE0" w:rsidRPr="008E7FCD" w:rsidRDefault="005F6CE0" w:rsidP="00E2126A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">We propose to link the above indicated dataset to data obtained from a </w:t>
             </w:r>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>public</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> source (such as </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>eMERGE</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>dbGAP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005A45B0">
+            <w:r w:rsidRPr="008E7FCD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, ADGC, NCRAD, Allen Institute Brain Atlas, etc.)  *Please be prepared to share a list of any participant/study IDs you have already obtained once the proposal is approved. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97723" w:rsidRPr="008E7FCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Note: If the data linkage requires access to PHI beyond a limited dataset, the linkage must be done by a KPWHRI employee with PHI remaining behind the KPWHRI firewall.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2914D45A" w14:textId="42133680" w:rsidR="005F6CE0" w:rsidRPr="00F9727C" w:rsidRDefault="005F6CE0" w:rsidP="005F6CE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9727C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12959,239 +12924,50 @@
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>  Baseline</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE61380" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
-      <w:pPr>
-[...187 lines deleted...]
-    <w:p w14:paraId="1CBF7EE1" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -13208,54 +12984,54 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Cognitive referral visit(s)</w:t>
+        <w:t>  Most recent biennial follow-up visit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797340A5" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="1486DDBC" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13268,71 +13044,57 @@
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Annual visit data</w:t>
-[...6 lines deleted...]
-        <w:t> </w:t>
+        <w:t>  All biennial visits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55840203" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="14F52CAC" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13348,111 +13110,54 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Other </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> for visits or data, please describe:</w:t>
+        <w:t xml:space="preserve">  Subset of biennial visits: please describe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444E0189" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
-[...40 lines deleted...]
-    <w:p w14:paraId="5FF9EB9D" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+    <w:p w14:paraId="1CBF7EE1" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -13468,51 +13173,311 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>  All participants from all cohorts</w:t>
+        <w:t xml:space="preserve">  Cognitive referral visit(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797340A5" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Annual visit data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55840203" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for visits or data, please describe:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444E0189" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F9DB371" w14:textId="1646173A" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7B2064A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B2064A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What group of participants should be included:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF9EB9D" w14:textId="0296DE8A" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2B579A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  All participants </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D0BFBA" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="00EC565D" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -14289,115 +14254,95 @@
               <w:left w:w="29" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6782439B" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRPr="009572DF" w:rsidRDefault="00420EAD" w:rsidP="007E6A7F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42674582" w14:textId="77777777" w:rsidR="00420EAD" w:rsidRDefault="00420EAD" w:rsidP="00420EAD">
       <w:pPr>
         <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="687A368E" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRDefault="005F6CE0" w:rsidP="005F6CE0">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="338BC45F" w14:textId="1C6CFC34" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="00B6554A" w:rsidP="005F6CE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00420EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Data security status of the proposal lead collaborator: </w:t>
       </w:r>
       <w:r w:rsidR="005F6CE0" w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Please select one of the following</w:t>
       </w:r>
       <w:r w:rsidR="004C1DD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="100" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="100" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="558"/>
         <w:gridCol w:w="9342"/>
@@ -14463,74 +14408,80 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009572DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9342" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41F8CE1D" w14:textId="4897B7CA" w:rsidR="005F6CE0" w:rsidRPr="009572DF" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
+          <w:p w14:paraId="41F8CE1D" w14:textId="7D4A91E5" w:rsidR="005F6CE0" w:rsidRPr="009572DF" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009572DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ACT </w:t>
             </w:r>
             <w:r w:rsidR="00B14E5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="009572DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> within KP</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0FA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w14:paraId="3A0424C6" w14:textId="77777777" w:rsidTr="00867EB7">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29C378BE" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="009572DF" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
@@ -14916,60 +14867,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> external to KP (Data Use Agreement may be required/existing Data Use Agreement may need to be amended.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E04E38C" w14:textId="77777777" w:rsidR="004C1DD5" w:rsidRDefault="004C1DD5" w:rsidP="004C1DD5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BB4E5F4" w14:textId="77777777" w:rsidR="004C1DD5" w:rsidRDefault="004C1DD5" w:rsidP="004C1DD5">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="063C7C2F" w14:textId="48AD8082" w:rsidR="004C1DD5" w:rsidRDefault="004C1DD5" w:rsidP="004C1DD5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00420EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
@@ -14979,60 +14920,50 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Please explain how you will store and protect ACT data from unauthorized access:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA1B8E9" w14:textId="77777777" w:rsidR="004C1DD5" w:rsidRDefault="004C1DD5" w:rsidP="004C1DD5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4407425E" w14:textId="77777777" w:rsidR="004C1DD5" w:rsidRDefault="004C1DD5" w:rsidP="004C1DD5">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="656D9369" w14:textId="77777777" w:rsidR="002E345D" w:rsidRPr="00A2465C" w:rsidRDefault="002E345D" w:rsidP="004C1DD5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EE88267" w14:textId="6B9B6E08" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="00B6554A" w:rsidP="005F6CE0">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00420EAD">
@@ -15233,88 +15164,106 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9342" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2915E51B" w14:textId="089D290F" w:rsidR="005F6CE0" w:rsidRPr="00237B97" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
+          <w:p w14:paraId="2915E51B" w14:textId="38CB1682" w:rsidR="005F6CE0" w:rsidRPr="00363014" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00237B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">My collaborator is a KP </w:t>
             </w:r>
             <w:r w:rsidR="00B14E5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00237B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, and the dataset will remain behind the KP firewall.</w:t>
             </w:r>
+            <w:r w:rsidR="00A55C45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A55C45" w:rsidRPr="00363014">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(Please check this box if you plan to link to PHI beyond a limited dataset.)</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="4802F647" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00237B97" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00363014">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Collaborator name(s):</w:t>
+            </w:r>
             <w:r w:rsidRPr="00237B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collaborator name(s): </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w14:paraId="2B1CED1B" w14:textId="77777777" w:rsidTr="00867EB7">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35013272" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00A2465C" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
@@ -15645,61 +15594,63 @@
             </w:pPr>
             <w:r w:rsidRPr="00237B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Collaborator name(s):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E48EFF1" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRPr="00237B97" w:rsidRDefault="005F6CE0" w:rsidP="004C1DD5">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00237B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please explain how this collaborator will store and protect ACT data from unauthorized access:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C8C2ACB" w14:textId="77777777" w:rsidR="005F6CE0" w:rsidRDefault="005F6CE0" w:rsidP="617F57BA">
+    <w:p w14:paraId="6E177FED" w14:textId="77777777" w:rsidR="0080107C" w:rsidRDefault="0080107C" w:rsidP="25E803C6">
       <w:pPr>
-        <w:spacing w:line="219" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="498DF3D9" w14:textId="205617DE" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="25E803C6">
+    <w:p w14:paraId="498DF3D9" w14:textId="172B2AD9" w:rsidR="00054C08" w:rsidRDefault="00BD3808" w:rsidP="25E803C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="25E803C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank you for your </w:t>
       </w:r>
       <w:r w:rsidR="00516EFA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
@@ -15816,71 +15767,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Data Use Agreement is required.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00054C08">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28898850" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="5F84DE21" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7346D02C" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="4F119746" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="51E90242" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="21E92835" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -16028,122 +15979,94 @@
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="593BCA26" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="7343C162" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CB9F78E" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="12A206A8" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="24D36C4E" w14:textId="77777777" w:rsidR="00F13336" w:rsidRDefault="00F13336">
+    <w:p w14:paraId="507406A6" w14:textId="77777777" w:rsidR="00621568" w:rsidRDefault="00621568">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="056E8C04" w14:textId="4078C593" w:rsidR="00290ED4" w:rsidRPr="00847875" w:rsidRDefault="001E3874" w:rsidP="001E3874">
+  <w:p w14:paraId="1EFB78E9" w14:textId="21124D48" w:rsidR="00784E27" w:rsidRDefault="00784E27" w:rsidP="00784E27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00847875">
-[...5 lines deleted...]
-      <w:t>Version</w:t>
+    <w:r>
+      <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00E41906" w:rsidRPr="00847875">
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidR="009A65ED">
+      <w:t>2/19</w:t>
     </w:r>
-    <w:r w:rsidR="00656E57">
-[...13 lines deleted...]
-      <w:t>/2025</w:t>
+    <w:r>
+      <w:t>/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_bgrkwEkQ" int2:invalidationBookmarkName="" int2:hashCode="sl9Zh0TS/tyVlE" int2:id="RoXV5m3e">
       <int2:state int2:value="Rejected" int2:type="LegacyProofing"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E520C28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBA28686"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
@@ -16790,51 +16713,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1949968229">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1973486130">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1865632494">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="81490184">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2136480083">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="29108309">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -16860,50 +16783,51 @@
     <w:rsid w:val="00054F88"/>
     <w:rsid w:val="0005726B"/>
     <w:rsid w:val="00057E19"/>
     <w:rsid w:val="000623FA"/>
     <w:rsid w:val="000650DC"/>
     <w:rsid w:val="0006769E"/>
     <w:rsid w:val="0007074D"/>
     <w:rsid w:val="000717F3"/>
     <w:rsid w:val="00074422"/>
     <w:rsid w:val="000766B3"/>
     <w:rsid w:val="00081F93"/>
     <w:rsid w:val="000842D4"/>
     <w:rsid w:val="00084D42"/>
     <w:rsid w:val="00086F6A"/>
     <w:rsid w:val="00090930"/>
     <w:rsid w:val="00090FDD"/>
     <w:rsid w:val="00092FC5"/>
     <w:rsid w:val="00093E17"/>
     <w:rsid w:val="000952C2"/>
     <w:rsid w:val="000964DF"/>
     <w:rsid w:val="000970AD"/>
     <w:rsid w:val="000A1969"/>
     <w:rsid w:val="000B42DE"/>
     <w:rsid w:val="000C4662"/>
     <w:rsid w:val="000C5BFC"/>
+    <w:rsid w:val="000C6059"/>
     <w:rsid w:val="000D63EC"/>
     <w:rsid w:val="000D6F21"/>
     <w:rsid w:val="000E6034"/>
     <w:rsid w:val="000F6ECD"/>
     <w:rsid w:val="00100038"/>
     <w:rsid w:val="00102647"/>
     <w:rsid w:val="00105200"/>
     <w:rsid w:val="00111C7B"/>
     <w:rsid w:val="001134A8"/>
     <w:rsid w:val="00113C72"/>
     <w:rsid w:val="00117850"/>
     <w:rsid w:val="00122130"/>
     <w:rsid w:val="00122FCB"/>
     <w:rsid w:val="001235E6"/>
     <w:rsid w:val="0012520A"/>
     <w:rsid w:val="00132958"/>
     <w:rsid w:val="00140F7C"/>
     <w:rsid w:val="0015211A"/>
     <w:rsid w:val="00160372"/>
     <w:rsid w:val="00160D90"/>
     <w:rsid w:val="00161B51"/>
     <w:rsid w:val="00162279"/>
     <w:rsid w:val="00163E38"/>
     <w:rsid w:val="00165649"/>
     <w:rsid w:val="00165806"/>
@@ -16916,123 +16840,127 @@
     <w:rsid w:val="0018047B"/>
     <w:rsid w:val="001815E4"/>
     <w:rsid w:val="001821AF"/>
     <w:rsid w:val="001852D7"/>
     <w:rsid w:val="00185A8C"/>
     <w:rsid w:val="001868FD"/>
     <w:rsid w:val="001920D2"/>
     <w:rsid w:val="00196768"/>
     <w:rsid w:val="001A14A0"/>
     <w:rsid w:val="001A72EA"/>
     <w:rsid w:val="001B0A19"/>
     <w:rsid w:val="001B0B41"/>
     <w:rsid w:val="001B22CF"/>
     <w:rsid w:val="001B3EFC"/>
     <w:rsid w:val="001B53E4"/>
     <w:rsid w:val="001B5BD1"/>
     <w:rsid w:val="001C0C25"/>
     <w:rsid w:val="001C18E9"/>
     <w:rsid w:val="001C2647"/>
     <w:rsid w:val="001D0186"/>
     <w:rsid w:val="001D1E1E"/>
     <w:rsid w:val="001D69D6"/>
     <w:rsid w:val="001E3874"/>
     <w:rsid w:val="001E69BC"/>
     <w:rsid w:val="001E72D9"/>
+    <w:rsid w:val="001F0840"/>
     <w:rsid w:val="001F416A"/>
     <w:rsid w:val="00204341"/>
     <w:rsid w:val="0020568D"/>
     <w:rsid w:val="00207323"/>
     <w:rsid w:val="002104A9"/>
+    <w:rsid w:val="00211D7C"/>
     <w:rsid w:val="00212019"/>
     <w:rsid w:val="0021277A"/>
     <w:rsid w:val="0021543B"/>
     <w:rsid w:val="002167AB"/>
     <w:rsid w:val="00220408"/>
     <w:rsid w:val="0022129C"/>
     <w:rsid w:val="002215E1"/>
     <w:rsid w:val="00221B15"/>
     <w:rsid w:val="0022242A"/>
     <w:rsid w:val="00223DFE"/>
     <w:rsid w:val="00225A2C"/>
     <w:rsid w:val="002266BC"/>
     <w:rsid w:val="00226D7B"/>
     <w:rsid w:val="00227080"/>
     <w:rsid w:val="00231CD5"/>
     <w:rsid w:val="00237B97"/>
     <w:rsid w:val="00237CCF"/>
     <w:rsid w:val="002416CC"/>
     <w:rsid w:val="0024321D"/>
     <w:rsid w:val="00246D3B"/>
     <w:rsid w:val="00246F9D"/>
     <w:rsid w:val="002519CA"/>
     <w:rsid w:val="002545FC"/>
     <w:rsid w:val="00254A50"/>
     <w:rsid w:val="00262815"/>
     <w:rsid w:val="002633D0"/>
     <w:rsid w:val="00265BB0"/>
     <w:rsid w:val="00273ABC"/>
     <w:rsid w:val="0027569A"/>
     <w:rsid w:val="002777D0"/>
     <w:rsid w:val="002854CF"/>
     <w:rsid w:val="002905F7"/>
     <w:rsid w:val="00290ED4"/>
     <w:rsid w:val="002942E1"/>
     <w:rsid w:val="00294DD1"/>
     <w:rsid w:val="002A2944"/>
     <w:rsid w:val="002A370C"/>
     <w:rsid w:val="002A3A9F"/>
     <w:rsid w:val="002B18AC"/>
     <w:rsid w:val="002B26EE"/>
     <w:rsid w:val="002B507A"/>
     <w:rsid w:val="002B73AA"/>
     <w:rsid w:val="002B757C"/>
     <w:rsid w:val="002C0D5B"/>
+    <w:rsid w:val="002C661E"/>
     <w:rsid w:val="002CBBE1"/>
     <w:rsid w:val="002E345D"/>
     <w:rsid w:val="002E71DB"/>
     <w:rsid w:val="00307CBE"/>
     <w:rsid w:val="00311AA4"/>
     <w:rsid w:val="00313659"/>
     <w:rsid w:val="0031495A"/>
     <w:rsid w:val="00316AC6"/>
     <w:rsid w:val="003249AE"/>
     <w:rsid w:val="00324CFF"/>
     <w:rsid w:val="003315EA"/>
     <w:rsid w:val="00331F3C"/>
     <w:rsid w:val="0033303F"/>
     <w:rsid w:val="00336707"/>
     <w:rsid w:val="00340741"/>
     <w:rsid w:val="00342D7D"/>
     <w:rsid w:val="003441C2"/>
     <w:rsid w:val="00351545"/>
     <w:rsid w:val="0035158E"/>
     <w:rsid w:val="00354D6E"/>
     <w:rsid w:val="00356E4C"/>
     <w:rsid w:val="00357178"/>
     <w:rsid w:val="00357E0A"/>
     <w:rsid w:val="00361D57"/>
+    <w:rsid w:val="00363014"/>
     <w:rsid w:val="00363C57"/>
     <w:rsid w:val="00366AEA"/>
     <w:rsid w:val="003679F4"/>
     <w:rsid w:val="0037529E"/>
     <w:rsid w:val="0038120A"/>
     <w:rsid w:val="00381290"/>
     <w:rsid w:val="00387728"/>
     <w:rsid w:val="00387DFB"/>
     <w:rsid w:val="00390748"/>
     <w:rsid w:val="00391797"/>
     <w:rsid w:val="0039544C"/>
     <w:rsid w:val="003977AE"/>
     <w:rsid w:val="003A14EF"/>
     <w:rsid w:val="003A2C94"/>
     <w:rsid w:val="003A7235"/>
     <w:rsid w:val="003B018D"/>
     <w:rsid w:val="003B0EDA"/>
     <w:rsid w:val="003B2942"/>
     <w:rsid w:val="003D6E44"/>
     <w:rsid w:val="003E026B"/>
     <w:rsid w:val="003E11FD"/>
     <w:rsid w:val="003E4405"/>
     <w:rsid w:val="003E5DF7"/>
     <w:rsid w:val="003F3A39"/>
     <w:rsid w:val="003F4550"/>
@@ -17057,358 +16985,374 @@
     <w:rsid w:val="00443876"/>
     <w:rsid w:val="00451928"/>
     <w:rsid w:val="00453839"/>
     <w:rsid w:val="0045396C"/>
     <w:rsid w:val="004579CB"/>
     <w:rsid w:val="004626CA"/>
     <w:rsid w:val="00464D48"/>
     <w:rsid w:val="00465AE1"/>
     <w:rsid w:val="0046622C"/>
     <w:rsid w:val="00466F89"/>
     <w:rsid w:val="004674FF"/>
     <w:rsid w:val="0046760A"/>
     <w:rsid w:val="004703E7"/>
     <w:rsid w:val="00471EB3"/>
     <w:rsid w:val="00471ECB"/>
     <w:rsid w:val="00473D59"/>
     <w:rsid w:val="00475647"/>
     <w:rsid w:val="0048134A"/>
     <w:rsid w:val="0048174E"/>
     <w:rsid w:val="004828AB"/>
     <w:rsid w:val="0049033A"/>
     <w:rsid w:val="00492023"/>
     <w:rsid w:val="004A30AE"/>
     <w:rsid w:val="004A7911"/>
     <w:rsid w:val="004B28E6"/>
+    <w:rsid w:val="004B7109"/>
     <w:rsid w:val="004C1A33"/>
     <w:rsid w:val="004C1DD5"/>
     <w:rsid w:val="004C3D09"/>
     <w:rsid w:val="004C3EBF"/>
     <w:rsid w:val="004C5A09"/>
     <w:rsid w:val="004C69A3"/>
     <w:rsid w:val="004C6E86"/>
     <w:rsid w:val="004D1A33"/>
     <w:rsid w:val="004D6D0A"/>
     <w:rsid w:val="004E0ECF"/>
     <w:rsid w:val="004E1139"/>
     <w:rsid w:val="004E6667"/>
     <w:rsid w:val="004F2F0D"/>
     <w:rsid w:val="004F312C"/>
     <w:rsid w:val="00504E01"/>
     <w:rsid w:val="00504F71"/>
     <w:rsid w:val="00506D06"/>
     <w:rsid w:val="005077A4"/>
     <w:rsid w:val="00515236"/>
     <w:rsid w:val="00516EFA"/>
     <w:rsid w:val="00517B36"/>
     <w:rsid w:val="0052355D"/>
     <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005242D4"/>
     <w:rsid w:val="005347BA"/>
     <w:rsid w:val="0053480E"/>
     <w:rsid w:val="00540835"/>
     <w:rsid w:val="00545AB4"/>
     <w:rsid w:val="005514CC"/>
+    <w:rsid w:val="00553578"/>
     <w:rsid w:val="005576BF"/>
     <w:rsid w:val="0056025E"/>
     <w:rsid w:val="005660E8"/>
     <w:rsid w:val="005714F1"/>
     <w:rsid w:val="0057211D"/>
     <w:rsid w:val="00572E48"/>
     <w:rsid w:val="00572FF2"/>
     <w:rsid w:val="005825BD"/>
     <w:rsid w:val="0059046F"/>
     <w:rsid w:val="00593D90"/>
     <w:rsid w:val="0059578B"/>
     <w:rsid w:val="005978BF"/>
     <w:rsid w:val="005A29F9"/>
     <w:rsid w:val="005A2E07"/>
+    <w:rsid w:val="005A3B87"/>
     <w:rsid w:val="005A45B0"/>
     <w:rsid w:val="005A6D30"/>
     <w:rsid w:val="005B6C9E"/>
     <w:rsid w:val="005B7920"/>
     <w:rsid w:val="005C062F"/>
     <w:rsid w:val="005C064D"/>
     <w:rsid w:val="005C3F59"/>
     <w:rsid w:val="005E26BB"/>
     <w:rsid w:val="005E3318"/>
     <w:rsid w:val="005E6A16"/>
     <w:rsid w:val="005F2D8F"/>
     <w:rsid w:val="005F3233"/>
     <w:rsid w:val="005F59A0"/>
     <w:rsid w:val="005F67D3"/>
     <w:rsid w:val="005F6CE0"/>
     <w:rsid w:val="00600B90"/>
     <w:rsid w:val="00601112"/>
     <w:rsid w:val="00601BB1"/>
     <w:rsid w:val="00604561"/>
     <w:rsid w:val="00614CD7"/>
+    <w:rsid w:val="00621568"/>
     <w:rsid w:val="00636A8B"/>
     <w:rsid w:val="00640371"/>
     <w:rsid w:val="00640CFB"/>
     <w:rsid w:val="006416F2"/>
     <w:rsid w:val="00643AA0"/>
     <w:rsid w:val="00645D91"/>
     <w:rsid w:val="00653DC1"/>
     <w:rsid w:val="006565F7"/>
     <w:rsid w:val="00656E57"/>
     <w:rsid w:val="00662306"/>
     <w:rsid w:val="00663558"/>
     <w:rsid w:val="00663D93"/>
     <w:rsid w:val="00666C09"/>
     <w:rsid w:val="00676036"/>
     <w:rsid w:val="00682BA7"/>
     <w:rsid w:val="00683358"/>
     <w:rsid w:val="006841B9"/>
     <w:rsid w:val="006847E3"/>
     <w:rsid w:val="006848C4"/>
     <w:rsid w:val="00686434"/>
     <w:rsid w:val="00686FC7"/>
     <w:rsid w:val="006901CA"/>
     <w:rsid w:val="00694E59"/>
     <w:rsid w:val="006950AB"/>
     <w:rsid w:val="006968F7"/>
     <w:rsid w:val="006A1B5D"/>
     <w:rsid w:val="006A7CD3"/>
     <w:rsid w:val="006A7D88"/>
     <w:rsid w:val="006B40B3"/>
     <w:rsid w:val="006B4E4A"/>
     <w:rsid w:val="006C0DE8"/>
     <w:rsid w:val="006C125F"/>
     <w:rsid w:val="006C7A9B"/>
     <w:rsid w:val="006D01E7"/>
     <w:rsid w:val="006D27BF"/>
     <w:rsid w:val="006D37E2"/>
     <w:rsid w:val="006D4583"/>
+    <w:rsid w:val="006D7D96"/>
     <w:rsid w:val="006E09DD"/>
     <w:rsid w:val="006E494A"/>
     <w:rsid w:val="006F2ADD"/>
     <w:rsid w:val="006F36FD"/>
     <w:rsid w:val="00702747"/>
     <w:rsid w:val="00707A56"/>
     <w:rsid w:val="007113FD"/>
     <w:rsid w:val="00711529"/>
     <w:rsid w:val="00712646"/>
     <w:rsid w:val="00717724"/>
     <w:rsid w:val="00721334"/>
     <w:rsid w:val="0072415D"/>
     <w:rsid w:val="00724F74"/>
     <w:rsid w:val="0072505E"/>
     <w:rsid w:val="00725DF1"/>
     <w:rsid w:val="00725F5E"/>
     <w:rsid w:val="007301CB"/>
     <w:rsid w:val="00732A1C"/>
     <w:rsid w:val="00735748"/>
     <w:rsid w:val="00735C18"/>
     <w:rsid w:val="0074794D"/>
     <w:rsid w:val="00750357"/>
     <w:rsid w:val="007543D6"/>
     <w:rsid w:val="00764728"/>
     <w:rsid w:val="00765CA4"/>
     <w:rsid w:val="00770A4F"/>
     <w:rsid w:val="00772B0F"/>
     <w:rsid w:val="00775032"/>
     <w:rsid w:val="00775990"/>
     <w:rsid w:val="00781152"/>
     <w:rsid w:val="007824B3"/>
     <w:rsid w:val="007828EE"/>
+    <w:rsid w:val="00784E27"/>
     <w:rsid w:val="007856AC"/>
     <w:rsid w:val="00786165"/>
     <w:rsid w:val="0078701F"/>
     <w:rsid w:val="0078752C"/>
     <w:rsid w:val="00791FDD"/>
     <w:rsid w:val="00793CE0"/>
     <w:rsid w:val="007940A7"/>
     <w:rsid w:val="0079678F"/>
     <w:rsid w:val="00797345"/>
     <w:rsid w:val="007A008A"/>
     <w:rsid w:val="007A19BD"/>
     <w:rsid w:val="007A6C3F"/>
     <w:rsid w:val="007B0851"/>
     <w:rsid w:val="007B236E"/>
     <w:rsid w:val="007B248E"/>
     <w:rsid w:val="007B2B25"/>
     <w:rsid w:val="007B2BB8"/>
     <w:rsid w:val="007B372E"/>
     <w:rsid w:val="007B5292"/>
     <w:rsid w:val="007C0FAA"/>
     <w:rsid w:val="007C2C09"/>
     <w:rsid w:val="007C325C"/>
     <w:rsid w:val="007C590A"/>
     <w:rsid w:val="007C69AF"/>
     <w:rsid w:val="007C6CBE"/>
     <w:rsid w:val="007D3A09"/>
     <w:rsid w:val="007D6D37"/>
     <w:rsid w:val="007E014A"/>
     <w:rsid w:val="007E2F92"/>
     <w:rsid w:val="007E3105"/>
     <w:rsid w:val="007E31BF"/>
     <w:rsid w:val="007E351E"/>
     <w:rsid w:val="007E37E1"/>
     <w:rsid w:val="007E6A7F"/>
     <w:rsid w:val="007E6E8C"/>
     <w:rsid w:val="007F4CF4"/>
     <w:rsid w:val="007F5639"/>
     <w:rsid w:val="007F7B38"/>
+    <w:rsid w:val="0080107C"/>
     <w:rsid w:val="0080119B"/>
     <w:rsid w:val="008103CC"/>
     <w:rsid w:val="00815401"/>
     <w:rsid w:val="00815CAB"/>
     <w:rsid w:val="0081749E"/>
     <w:rsid w:val="008179D9"/>
     <w:rsid w:val="00820934"/>
     <w:rsid w:val="00825D1B"/>
+    <w:rsid w:val="00825F95"/>
     <w:rsid w:val="00827076"/>
     <w:rsid w:val="00832F41"/>
     <w:rsid w:val="008339DA"/>
     <w:rsid w:val="00836884"/>
+    <w:rsid w:val="00837B26"/>
     <w:rsid w:val="00840403"/>
     <w:rsid w:val="00841A35"/>
     <w:rsid w:val="008441B4"/>
     <w:rsid w:val="008465A5"/>
     <w:rsid w:val="00847158"/>
     <w:rsid w:val="00847875"/>
     <w:rsid w:val="00852274"/>
     <w:rsid w:val="008568DF"/>
     <w:rsid w:val="00861D79"/>
     <w:rsid w:val="00863E4E"/>
     <w:rsid w:val="0086493D"/>
     <w:rsid w:val="008678EA"/>
     <w:rsid w:val="00867EB7"/>
     <w:rsid w:val="00871A7C"/>
     <w:rsid w:val="0087218A"/>
     <w:rsid w:val="00875EBC"/>
     <w:rsid w:val="00876534"/>
     <w:rsid w:val="0087684E"/>
     <w:rsid w:val="00883F0D"/>
     <w:rsid w:val="00884DCB"/>
     <w:rsid w:val="0089070C"/>
     <w:rsid w:val="008A0D0E"/>
     <w:rsid w:val="008A22E6"/>
     <w:rsid w:val="008A2B98"/>
     <w:rsid w:val="008A6B85"/>
     <w:rsid w:val="008A759D"/>
     <w:rsid w:val="008A7E31"/>
     <w:rsid w:val="008B28F9"/>
     <w:rsid w:val="008B70DA"/>
     <w:rsid w:val="008B785B"/>
     <w:rsid w:val="008B7C22"/>
     <w:rsid w:val="008B7DBC"/>
     <w:rsid w:val="008C2BEC"/>
     <w:rsid w:val="008C2E0A"/>
     <w:rsid w:val="008D0FB5"/>
     <w:rsid w:val="008D1A94"/>
     <w:rsid w:val="008D33FF"/>
     <w:rsid w:val="008D43AF"/>
     <w:rsid w:val="008D4DC2"/>
     <w:rsid w:val="008D66F6"/>
     <w:rsid w:val="008E096C"/>
     <w:rsid w:val="008E3578"/>
     <w:rsid w:val="008E576C"/>
+    <w:rsid w:val="008E7FCD"/>
     <w:rsid w:val="008F028E"/>
     <w:rsid w:val="008F1B44"/>
     <w:rsid w:val="008F3024"/>
     <w:rsid w:val="008F70DF"/>
     <w:rsid w:val="009005B4"/>
     <w:rsid w:val="00901C91"/>
     <w:rsid w:val="00901E4D"/>
     <w:rsid w:val="009031CF"/>
     <w:rsid w:val="00904785"/>
     <w:rsid w:val="00904CCB"/>
+    <w:rsid w:val="00907862"/>
     <w:rsid w:val="0091387B"/>
     <w:rsid w:val="00914025"/>
     <w:rsid w:val="00916A95"/>
     <w:rsid w:val="0091767D"/>
     <w:rsid w:val="00932001"/>
     <w:rsid w:val="00934DED"/>
     <w:rsid w:val="0093504C"/>
     <w:rsid w:val="00940099"/>
     <w:rsid w:val="00940584"/>
+    <w:rsid w:val="00940D12"/>
     <w:rsid w:val="009428AB"/>
     <w:rsid w:val="009460BA"/>
     <w:rsid w:val="0094661E"/>
     <w:rsid w:val="0094752E"/>
     <w:rsid w:val="00951801"/>
     <w:rsid w:val="00951E77"/>
     <w:rsid w:val="009521CB"/>
     <w:rsid w:val="00952249"/>
     <w:rsid w:val="009565F7"/>
     <w:rsid w:val="00956F24"/>
     <w:rsid w:val="009572DF"/>
     <w:rsid w:val="009627A6"/>
     <w:rsid w:val="00963658"/>
     <w:rsid w:val="0096527E"/>
     <w:rsid w:val="0097143F"/>
     <w:rsid w:val="00975790"/>
     <w:rsid w:val="009828D1"/>
     <w:rsid w:val="00982BCF"/>
     <w:rsid w:val="00986101"/>
     <w:rsid w:val="00990E5F"/>
     <w:rsid w:val="0099200A"/>
     <w:rsid w:val="00992A74"/>
     <w:rsid w:val="0099760E"/>
+    <w:rsid w:val="009A0FA7"/>
     <w:rsid w:val="009A3EED"/>
     <w:rsid w:val="009A63EF"/>
+    <w:rsid w:val="009A65ED"/>
     <w:rsid w:val="009A6B0B"/>
     <w:rsid w:val="009A6D21"/>
     <w:rsid w:val="009B1F17"/>
     <w:rsid w:val="009B37FC"/>
     <w:rsid w:val="009C5993"/>
     <w:rsid w:val="009C5AA9"/>
     <w:rsid w:val="009C5DE2"/>
     <w:rsid w:val="009C69AD"/>
     <w:rsid w:val="009D012C"/>
     <w:rsid w:val="009D2AB9"/>
     <w:rsid w:val="009D5DCE"/>
     <w:rsid w:val="009D788B"/>
     <w:rsid w:val="009E1DA0"/>
     <w:rsid w:val="009E2698"/>
     <w:rsid w:val="009E51CC"/>
     <w:rsid w:val="009E63E7"/>
     <w:rsid w:val="009E6ED6"/>
     <w:rsid w:val="009F1DC6"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="009F4742"/>
     <w:rsid w:val="009F4F7C"/>
     <w:rsid w:val="009F5806"/>
     <w:rsid w:val="009F63FA"/>
     <w:rsid w:val="009F6682"/>
     <w:rsid w:val="009F68F2"/>
     <w:rsid w:val="009F7030"/>
     <w:rsid w:val="00A00490"/>
+    <w:rsid w:val="00A03287"/>
     <w:rsid w:val="00A038D3"/>
     <w:rsid w:val="00A1080B"/>
     <w:rsid w:val="00A15BE3"/>
     <w:rsid w:val="00A1734E"/>
     <w:rsid w:val="00A173B6"/>
     <w:rsid w:val="00A23632"/>
     <w:rsid w:val="00A2465C"/>
     <w:rsid w:val="00A24B7F"/>
     <w:rsid w:val="00A30772"/>
     <w:rsid w:val="00A37B02"/>
     <w:rsid w:val="00A44A5C"/>
     <w:rsid w:val="00A4733E"/>
+    <w:rsid w:val="00A55C45"/>
     <w:rsid w:val="00A56741"/>
     <w:rsid w:val="00A60395"/>
     <w:rsid w:val="00A605DF"/>
     <w:rsid w:val="00A62310"/>
     <w:rsid w:val="00A64622"/>
     <w:rsid w:val="00A65CA8"/>
     <w:rsid w:val="00A679F6"/>
     <w:rsid w:val="00A744F7"/>
     <w:rsid w:val="00A75E49"/>
     <w:rsid w:val="00A85BCF"/>
     <w:rsid w:val="00A942FC"/>
     <w:rsid w:val="00AA0345"/>
     <w:rsid w:val="00AA0361"/>
     <w:rsid w:val="00AA052D"/>
     <w:rsid w:val="00AA2462"/>
     <w:rsid w:val="00AA643C"/>
     <w:rsid w:val="00AB03C9"/>
     <w:rsid w:val="00AB711F"/>
     <w:rsid w:val="00AC61E7"/>
     <w:rsid w:val="00AC6EC9"/>
     <w:rsid w:val="00AC7529"/>
     <w:rsid w:val="00AD5492"/>
     <w:rsid w:val="00AD56E7"/>
     <w:rsid w:val="00AD70F0"/>
     <w:rsid w:val="00AE00EC"/>
@@ -17442,124 +17386,129 @@
     <w:rsid w:val="00B70ABF"/>
     <w:rsid w:val="00B72484"/>
     <w:rsid w:val="00B732D9"/>
     <w:rsid w:val="00B800BF"/>
     <w:rsid w:val="00B80325"/>
     <w:rsid w:val="00B80E2C"/>
     <w:rsid w:val="00B864FA"/>
     <w:rsid w:val="00B86DB2"/>
     <w:rsid w:val="00B91341"/>
     <w:rsid w:val="00B91B03"/>
     <w:rsid w:val="00B939AF"/>
     <w:rsid w:val="00B95A64"/>
     <w:rsid w:val="00B9600E"/>
     <w:rsid w:val="00B96306"/>
     <w:rsid w:val="00BA0017"/>
     <w:rsid w:val="00BA20D7"/>
     <w:rsid w:val="00BB43A0"/>
     <w:rsid w:val="00BB5D7B"/>
     <w:rsid w:val="00BC3E3A"/>
     <w:rsid w:val="00BC53A1"/>
     <w:rsid w:val="00BD37C5"/>
     <w:rsid w:val="00BD3808"/>
     <w:rsid w:val="00BD4538"/>
     <w:rsid w:val="00BD4C15"/>
     <w:rsid w:val="00BD58D0"/>
+    <w:rsid w:val="00BE02BE"/>
     <w:rsid w:val="00BE76AF"/>
     <w:rsid w:val="00BF065D"/>
     <w:rsid w:val="00BF5CCE"/>
     <w:rsid w:val="00C0030A"/>
     <w:rsid w:val="00C10ABB"/>
     <w:rsid w:val="00C134CE"/>
     <w:rsid w:val="00C159C8"/>
     <w:rsid w:val="00C17137"/>
     <w:rsid w:val="00C22239"/>
     <w:rsid w:val="00C30D71"/>
     <w:rsid w:val="00C344AD"/>
     <w:rsid w:val="00C36E81"/>
     <w:rsid w:val="00C4103D"/>
     <w:rsid w:val="00C411F1"/>
     <w:rsid w:val="00C46BC8"/>
     <w:rsid w:val="00C46C57"/>
     <w:rsid w:val="00C47830"/>
     <w:rsid w:val="00C47EFD"/>
     <w:rsid w:val="00C52A6A"/>
     <w:rsid w:val="00C537A6"/>
     <w:rsid w:val="00C61DCD"/>
     <w:rsid w:val="00C625BA"/>
     <w:rsid w:val="00C66793"/>
     <w:rsid w:val="00C66DDF"/>
     <w:rsid w:val="00C67DE7"/>
     <w:rsid w:val="00C70773"/>
     <w:rsid w:val="00C70DDE"/>
     <w:rsid w:val="00C74479"/>
     <w:rsid w:val="00C75D97"/>
     <w:rsid w:val="00C76B99"/>
     <w:rsid w:val="00C77262"/>
     <w:rsid w:val="00C773B9"/>
     <w:rsid w:val="00C77FE3"/>
     <w:rsid w:val="00C813DB"/>
     <w:rsid w:val="00C84DF8"/>
     <w:rsid w:val="00C86296"/>
     <w:rsid w:val="00C910F3"/>
     <w:rsid w:val="00C93CA7"/>
     <w:rsid w:val="00C950AF"/>
+    <w:rsid w:val="00C97723"/>
     <w:rsid w:val="00CA2C46"/>
     <w:rsid w:val="00CA2FE2"/>
     <w:rsid w:val="00CA6AAA"/>
     <w:rsid w:val="00CB0767"/>
     <w:rsid w:val="00CB2503"/>
     <w:rsid w:val="00CB5F38"/>
+    <w:rsid w:val="00CB6C34"/>
     <w:rsid w:val="00CB74DD"/>
     <w:rsid w:val="00CC51B9"/>
     <w:rsid w:val="00CCF481"/>
     <w:rsid w:val="00CD0937"/>
     <w:rsid w:val="00CD66A9"/>
     <w:rsid w:val="00CE1139"/>
     <w:rsid w:val="00CE1EAE"/>
     <w:rsid w:val="00CE7D23"/>
     <w:rsid w:val="00CF068D"/>
     <w:rsid w:val="00CF15A8"/>
     <w:rsid w:val="00CF3AB6"/>
     <w:rsid w:val="00CF6092"/>
     <w:rsid w:val="00D00A25"/>
     <w:rsid w:val="00D00E05"/>
     <w:rsid w:val="00D03B21"/>
     <w:rsid w:val="00D04BBF"/>
     <w:rsid w:val="00D04ECB"/>
     <w:rsid w:val="00D07829"/>
     <w:rsid w:val="00D07CB5"/>
     <w:rsid w:val="00D127A4"/>
     <w:rsid w:val="00D12D1E"/>
     <w:rsid w:val="00D14C2E"/>
     <w:rsid w:val="00D21EAF"/>
     <w:rsid w:val="00D23714"/>
     <w:rsid w:val="00D30572"/>
+    <w:rsid w:val="00D3144E"/>
     <w:rsid w:val="00D33C16"/>
     <w:rsid w:val="00D37E8D"/>
     <w:rsid w:val="00D451DF"/>
     <w:rsid w:val="00D52C3E"/>
+    <w:rsid w:val="00D52E88"/>
     <w:rsid w:val="00D572F3"/>
     <w:rsid w:val="00D6214B"/>
     <w:rsid w:val="00D637D3"/>
     <w:rsid w:val="00D642E2"/>
     <w:rsid w:val="00D6615E"/>
     <w:rsid w:val="00D70192"/>
     <w:rsid w:val="00D71CEC"/>
     <w:rsid w:val="00D743EB"/>
     <w:rsid w:val="00D7502A"/>
     <w:rsid w:val="00D761C3"/>
     <w:rsid w:val="00D7696F"/>
     <w:rsid w:val="00D84ECA"/>
     <w:rsid w:val="00D85041"/>
     <w:rsid w:val="00D86210"/>
     <w:rsid w:val="00D876DA"/>
     <w:rsid w:val="00D92ED7"/>
     <w:rsid w:val="00D93215"/>
     <w:rsid w:val="00D95FE4"/>
     <w:rsid w:val="00DA1A0C"/>
     <w:rsid w:val="00DA2272"/>
     <w:rsid w:val="00DA7104"/>
     <w:rsid w:val="00DA7E94"/>
     <w:rsid w:val="00DB1C59"/>
     <w:rsid w:val="00DB4A56"/>
     <w:rsid w:val="00DB4A89"/>
@@ -17613,51 +17562,53 @@
     <w:rsid w:val="00E85BB5"/>
     <w:rsid w:val="00E867AB"/>
     <w:rsid w:val="00E907E7"/>
     <w:rsid w:val="00E90D9A"/>
     <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00E955FC"/>
     <w:rsid w:val="00EA5801"/>
     <w:rsid w:val="00EB6DE0"/>
     <w:rsid w:val="00EC1853"/>
     <w:rsid w:val="00EC2B9E"/>
     <w:rsid w:val="00EC4A7D"/>
     <w:rsid w:val="00EC4ED9"/>
     <w:rsid w:val="00EC52D1"/>
     <w:rsid w:val="00ED1D07"/>
     <w:rsid w:val="00ED1EBC"/>
     <w:rsid w:val="00ED4735"/>
     <w:rsid w:val="00ED4F4A"/>
     <w:rsid w:val="00ED531B"/>
     <w:rsid w:val="00ED64D7"/>
     <w:rsid w:val="00EE0ECF"/>
     <w:rsid w:val="00EE458A"/>
     <w:rsid w:val="00EE6291"/>
     <w:rsid w:val="00EE7D5C"/>
     <w:rsid w:val="00EF0A73"/>
     <w:rsid w:val="00EF1C41"/>
+    <w:rsid w:val="00EF23D2"/>
     <w:rsid w:val="00EF5DC0"/>
+    <w:rsid w:val="00EF6B1B"/>
     <w:rsid w:val="00F01A95"/>
     <w:rsid w:val="00F042F7"/>
     <w:rsid w:val="00F052F8"/>
     <w:rsid w:val="00F05F25"/>
     <w:rsid w:val="00F072E1"/>
     <w:rsid w:val="00F11529"/>
     <w:rsid w:val="00F11EFE"/>
     <w:rsid w:val="00F1261B"/>
     <w:rsid w:val="00F13336"/>
     <w:rsid w:val="00F136DC"/>
     <w:rsid w:val="00F13C3B"/>
     <w:rsid w:val="00F171F7"/>
     <w:rsid w:val="00F2396C"/>
     <w:rsid w:val="00F23FA9"/>
     <w:rsid w:val="00F30015"/>
     <w:rsid w:val="00F3365A"/>
     <w:rsid w:val="00F345A1"/>
     <w:rsid w:val="00F36456"/>
     <w:rsid w:val="00F368A5"/>
     <w:rsid w:val="00F4074E"/>
     <w:rsid w:val="00F41D93"/>
     <w:rsid w:val="00F41E1A"/>
     <w:rsid w:val="00F44716"/>
     <w:rsid w:val="00F4483F"/>
     <w:rsid w:val="00F458F7"/>
@@ -18602,50 +18553,52 @@
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
@@ -20332,84 +20285,84 @@
       <w:docPartBody>
         <w:p w:rsidR="002A4C58" w:rsidRDefault="002A4C58"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA2B2205E4DF4786B74062B7FC4EDF1B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{539641B8-DD42-45CE-91BE-28D77BAF7DD5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006C6D5D" w:rsidRDefault="006C6D5D"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D924810E912F497E91574FB0ADE74EEC"/>
+        <w:name w:val="8B00FB7C8E7B4FB5A111B40F528C2D06"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3FE6F2C2-C703-4289-B522-E0B06707CEC5}"/>
+        <w:guid w:val="{E041D7AD-42F4-4200-8646-806D45164545}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008074B8" w:rsidRDefault="008074B8"/>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4A4E68ED6F1C4635B21BD55EA0BFBE17"/>
+        <w:name w:val="F9E22391DD934E38946129C800154BCF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E0D38062-1377-4556-9CD2-A068D3E2FEAA}"/>
+        <w:guid w:val="{330CB1AF-EFFB-4884-9F9D-4AABA429A36F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008074B8" w:rsidRDefault="008074B8"/>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00000000"/>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -20487,96 +20440,102 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00946708"/>
     <w:rsid w:val="00036AD8"/>
     <w:rsid w:val="00082217"/>
+    <w:rsid w:val="000A0DDA"/>
+    <w:rsid w:val="000B3570"/>
+    <w:rsid w:val="000C6059"/>
     <w:rsid w:val="000F7FD6"/>
     <w:rsid w:val="00107FB3"/>
     <w:rsid w:val="00132ED5"/>
     <w:rsid w:val="0020788A"/>
     <w:rsid w:val="002A4C58"/>
     <w:rsid w:val="002D2F9B"/>
     <w:rsid w:val="00306637"/>
     <w:rsid w:val="003A6033"/>
     <w:rsid w:val="003B5060"/>
     <w:rsid w:val="003D5213"/>
     <w:rsid w:val="003F3136"/>
     <w:rsid w:val="004077AD"/>
     <w:rsid w:val="00454BA8"/>
     <w:rsid w:val="00467C42"/>
     <w:rsid w:val="00473560"/>
     <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005978BF"/>
+    <w:rsid w:val="005A3B87"/>
     <w:rsid w:val="005B49E1"/>
     <w:rsid w:val="00607406"/>
     <w:rsid w:val="006B3BEA"/>
     <w:rsid w:val="006C0AD5"/>
     <w:rsid w:val="006C6D5D"/>
     <w:rsid w:val="0070373E"/>
     <w:rsid w:val="00750357"/>
     <w:rsid w:val="007A6090"/>
     <w:rsid w:val="007E4308"/>
+    <w:rsid w:val="007E76F7"/>
     <w:rsid w:val="008074B8"/>
     <w:rsid w:val="00837CE1"/>
     <w:rsid w:val="008965F4"/>
     <w:rsid w:val="008D159A"/>
     <w:rsid w:val="0092739B"/>
     <w:rsid w:val="00946708"/>
     <w:rsid w:val="009C3DE8"/>
     <w:rsid w:val="009D6F86"/>
     <w:rsid w:val="009E2FFD"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="00A026A8"/>
     <w:rsid w:val="00A56C82"/>
     <w:rsid w:val="00AE4B59"/>
     <w:rsid w:val="00B02B3A"/>
     <w:rsid w:val="00BB3FC4"/>
     <w:rsid w:val="00BD183D"/>
     <w:rsid w:val="00C14BB3"/>
     <w:rsid w:val="00C26212"/>
     <w:rsid w:val="00CA6B7A"/>
     <w:rsid w:val="00CD71E6"/>
+    <w:rsid w:val="00D3144E"/>
     <w:rsid w:val="00E17C44"/>
     <w:rsid w:val="00E754CC"/>
     <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00ED569D"/>
     <w:rsid w:val="00F90642"/>
     <w:rsid w:val="00FE67F8"/>
     <w:rsid w:val="00FF53D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -21310,63 +21269,62 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010009A370262177E74A8AB18EF11779BB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="74c7672c0ea3ef78d276f861a6edd5c4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a90ecd954fb9064e747244675bfbab31" ns2:_="" ns3:_="">
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mibwqJQCd5tFe/aE6DoAkoukwomxw==">AMUW2mWF5Q3ASDCCsYAkUUNpWQ+qPUQT4RnbKZk8gdZBfUs4B+d+dnupWMe3I8j7YIHw6NEDEsPF/lk34c2VDax8s5WHEo7k0fyCvQTS2qRcPj2CJsT+11it7aoCWIjfb0Keli4EXjDl+zXyoD/re7xFwk6tAjnFntFte+i4H2FpsMG4BG6coLQNmKLYFgZOJBYJVlfdlF29DSiPgjygJwLfUtYxKVQ7P1af76fNmS8vW9YoDM5VY/nAv0T6A6pTqbbgHjeO+QUMbE1X63qEgTOkLpUjcClQiimGH9XvyP4bDMElePUYYNacYVvSL91e7FJNLHFFcXXXJ9M6dmbjHzuHwcl2Djhb+1frXHTpiwYusvaQ2Ttb0cuQesZhkDyQlYNbdBwxUBLIx4TBmiEZ6zzYdQEbIM+hq7Itqq0JgAYaZL63u6aQdL0xJVScNWnsyBpRN0Q0jVdYv8r2QUoDWqk1lP+qZGLhMpmThO38sFlob3OlOlWqobQNU3bdaV752Ml84gqm6AwukbWfrSBBMkz8SBIVcpDICSzBlBjCreawU6BNNCcfvM4YAchtSUtbPRlYlHJldMlAjXWR08bYrzIfxynQWhVP2cRuAbnM2C6Sc0P4zm1xolETZoX9Fo5TgOz+r1Hr3Gi+StRDEjZxRcW8shq5xym00OhrBxo4sCFscaKG0WeE8kPZtySdlbxyNi2ctbrVqehVdbI9GTo8dpeiccyV6uHvUWmzhAXC1FLV5T49wLalMLetoeLqYn3oXo6jn7dwcbZbEwAC9NAZozBFg+sQgtT/NpOqPX/PkSTy9bbGbglTH3bx7Lp35e1uMUg6rVGva/6T5SQU/yMVlSLhHFmbfvwz4Uqq2N5EtoBZco/HQWlebjYQMaxV3bObDtA34baCDXaTrpxy1uDEk00E4YMDBxNSeqtL87eJ0HV+LxjgINdjoI23RCKnLhP6Is5dUW9Hx06bVBms+vqDCUrWjSRef+v1mZ4vXJTej1y4PbuZgEMWvFZyUQjVMmPppvXHQpjytqAd9wPE2h2o2NFKR6VYqGMPqimnwoVFo7pph9EmWtRz6SShT/JUWYSb2eYJWIPQTTDuyNq8sdcdIAGyu7i67iB8zOjpTatMtskG7NZt8SFlPM/Va18oL36f12FjYlj31jIKJhVKFwwvIoy63YZJzTXAMMilKDH44uvnQJP4hDiTirhBj4hrMnSOrucKFGi4W1vfGX9X//J0kosqIXEqhTe85hWQICvhcFc906Wsl0RQZ9hPiB+flZk3rsedugE9eldugFiX5HK7Tdb3xD2CqRPtYmfF0aAXkFG+QOufSoPGnH6qk+Z+IlvDcwjc8CB8nTg1</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010009A370262177E74A8AB18EF11779BB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8c2ab5bae412a8ce4667e0de79e7a6a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="87f97350ac27d073aeb22408e075b506" ns2:_="" ns3:_="">
     <xsd:import namespace="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <xsd:import namespace="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -21557,145 +21515,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c0ab7c67-a182-4cff-82ad-fedc307637e2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CDD3CB-5826-4C02-A5CA-DD0EBB645BA1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{715EFA9E-E94B-483D-8989-CDD2397F9DFE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4382D87-2D8B-42BB-9798-7F285F77DA00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2292BA9-0945-447B-B5DD-B32A361E3710}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52CDD3CB-5826-4C02-A5CA-DD0EBB645BA1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
+    <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD8864C5-81D6-4884-9F0C-9FD2A21C4333}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" enabled="0" method="" siteId="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2654</Words>
-  <Characters>14996</Characters>
+  <Words>2863</Words>
+  <Characters>15179</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>999</Lines>
-  <Paragraphs>678</Paragraphs>
+  <Lines>542</Lines>
+  <Paragraphs>353</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16972</CharactersWithSpaces>
+  <CharactersWithSpaces>17689</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bonnie K Lind</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010009A370262177E74A8AB18EF11779BB5A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">