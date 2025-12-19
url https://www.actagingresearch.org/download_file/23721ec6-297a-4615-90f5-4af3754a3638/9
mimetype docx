--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -860,51 +860,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00437E58" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00437E58" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Type 1 (Secondary analysis of existing ACT data</w:t>
       </w:r>
       <w:r w:rsidR="00497A8C" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1286961F" w14:textId="2C511455" w:rsidR="00497A8C" w:rsidRPr="000822C1" w:rsidRDefault="000B2FB1" w:rsidP="00437E58">
+    <w:p w14:paraId="1286961F" w14:textId="59271F4F" w:rsidR="00497A8C" w:rsidRPr="000822C1" w:rsidRDefault="000B2FB1" w:rsidP="00437E58">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="219" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -927,51 +927,81 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00497A8C" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497A8C" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Type 2 (Use of biospecimens, raw scan data, or new EHR data fields)</w:t>
+        <w:t>Type 2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00497A8C" w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iospecimens, raw </w:t>
+      </w:r>
+      <w:r w:rsidR="00B715A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MRI</w:t>
+      </w:r>
+      <w:r w:rsidR="00B715A2" w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497A8C" w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>data, or new EHR data fields)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75718CBE" w14:textId="12CFD236" w:rsidR="00497A8C" w:rsidRPr="000822C1" w:rsidRDefault="000B2FB1" w:rsidP="00913C51">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="219" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
@@ -1205,68 +1235,68 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="641932D0" w14:textId="77777777" w:rsidR="00B77DE4" w:rsidRPr="001A34B8" w:rsidRDefault="00B77DE4" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00960279" w:rsidRPr="000822C1" w14:paraId="308D8506" w14:textId="77777777" w:rsidTr="00BF5FC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1944AE2D" w14:textId="1A435B47" w:rsidR="00960279" w:rsidRPr="001A34B8" w:rsidRDefault="00960279" w:rsidP="00BF5FC8">
+          <w:p w14:paraId="1944AE2D" w14:textId="4CE8F2DD" w:rsidR="00960279" w:rsidRPr="001A34B8" w:rsidRDefault="00960279" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Project leader </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>affiliation / organization</w:t>
+              <w:t>affiliation</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3365A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ADAA233" w14:textId="77777777" w:rsidR="00960279" w:rsidRPr="001A34B8" w:rsidRDefault="00960279" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D60E6" w:rsidRPr="000822C1" w14:paraId="2698A809" w14:textId="77777777" w:rsidTr="00BF5FC8">
@@ -1387,88 +1417,86 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="481BB2B9" w14:textId="77777777" w:rsidR="009B4720" w:rsidRPr="001A34B8" w:rsidRDefault="009B4720" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A669A" w:rsidRPr="000822C1" w14:paraId="35FAB404" w14:textId="77777777" w:rsidTr="007461BC">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203D4B6B" w14:textId="77777777" w:rsidR="0090322A" w:rsidRDefault="0090322A" w:rsidP="00BF5FC8">
+          <w:p w14:paraId="203D4B6B" w14:textId="51714D2C" w:rsidR="0090322A" w:rsidRDefault="0090322A" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Is project lead</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> a student</w:t>
+            </w:r>
+            <w:r w:rsidR="00591F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or post-doc</w:t>
+            </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>student?</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A22112" w14:textId="02FB0283" w:rsidR="009A669A" w:rsidRPr="000822C1" w:rsidRDefault="0090322A" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -1605,67 +1633,73 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F026BA" w:rsidRPr="00863E4E" w14:paraId="38ED5E2E" w14:textId="77777777" w:rsidTr="007461BC">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="100" w:type="dxa"/>
             <w:bottom w:w="100" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD03CDA" w14:textId="093FC3A5" w:rsidR="004662BE" w:rsidRDefault="00F026BA" w:rsidP="00BF5FC8">
+          <w:p w14:paraId="2DD03CDA" w14:textId="6D7B65EA" w:rsidR="004662BE" w:rsidRDefault="00F026BA" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Is project leader an ACT </w:t>
             </w:r>
+            <w:r w:rsidR="003756D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
             <w:r w:rsidR="006F04B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>researcher</w:t>
+              <w:t>esearcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">*? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46B2E932" w14:textId="52F26649" w:rsidR="00F026BA" w:rsidRPr="00863E4E" w:rsidRDefault="00F026BA" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3951,65 +3985,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B26EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Federal repository (</w:t>
-[...13 lines deleted...]
-        <w:t>, NIAGADs, etc.)</w:t>
+        <w:t>Federal repository (dbGaP, NIAGADs, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109EBEFF" w14:textId="77777777" w:rsidR="00801785" w:rsidRPr="002B26EE" w:rsidRDefault="00801785" w:rsidP="00801785">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -4579,53 +4599,53 @@
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section Four: Implementation </w:t>
       </w:r>
       <w:r w:rsidR="00A601BE" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Items</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36556DCD" w14:textId="77777777" w:rsidR="009E4870" w:rsidRPr="000822C1" w:rsidRDefault="009E4870" w:rsidP="1CF07EC4">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DB9F946" w14:textId="70C67E18" w:rsidR="009E4870" w:rsidRPr="0016368C" w:rsidRDefault="00841BD6" w:rsidP="00841BD6">
-[...1 lines deleted...]
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0FBD8E5A" w14:textId="33B67A1A" w:rsidR="00F75116" w:rsidRPr="008B3FDB" w:rsidRDefault="00841BD6" w:rsidP="008B3FDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.1 </w:t>
       </w:r>
       <w:r w:rsidR="00960D69" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>General d</w:t>
       </w:r>
       <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -4662,198 +4682,284 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or currently </w:t>
       </w:r>
       <w:r w:rsidR="00554AF6" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">being </w:t>
       </w:r>
       <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">collected </w:t>
       </w:r>
       <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(e.g., participant demographics, cognitive assessment data, etc.)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00960D69" w:rsidRPr="0016368C">
+        <w:t xml:space="preserve">(e.g., </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4870" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>participant demographics, cognitive assessment data, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00960D69" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and frequency with which you will need updated data pulls</w:t>
       </w:r>
-      <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
+      <w:r w:rsidR="009E4870" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FF4E4A">
+      <w:r w:rsidR="00FF4E4A" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="001376FD" w:rsidRPr="0016368C">
+      <w:r w:rsidR="001376FD" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">se available </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
+        <w:r w:rsidR="009E4870" w:rsidRPr="008B3FDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>data documentation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009E4870" w:rsidRPr="0016368C">
+      <w:r w:rsidR="009E4870" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001376FD" w:rsidRPr="0016368C">
+      <w:r w:rsidR="001376FD" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00A365F3" w:rsidRPr="0016368C">
+      <w:r w:rsidR="00A365F3" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>the ACT Data Repository</w:t>
       </w:r>
-      <w:r w:rsidR="00960D69" w:rsidRPr="0016368C">
+      <w:r w:rsidR="00960D69" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FF4E4A">
+      <w:r w:rsidR="00FF4E4A" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
-      <w:r w:rsidR="008C2C8E">
+      <w:r w:rsidR="008C2C8E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F40BB">
+      <w:r w:rsidR="006F40BB" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">explain whether </w:t>
       </w:r>
-      <w:r w:rsidR="008C2C8E">
+      <w:r w:rsidR="008C2C8E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">your study will require </w:t>
       </w:r>
-      <w:r w:rsidR="0072114E">
+      <w:r w:rsidR="0072114E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>new</w:t>
       </w:r>
-      <w:r w:rsidR="006B6A00">
+      <w:r w:rsidR="006B6A00" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> curation </w:t>
       </w:r>
-      <w:r w:rsidR="0072114E">
+      <w:r w:rsidR="0072114E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="008B023E">
+      <w:r w:rsidR="008B023E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACT data </w:t>
       </w:r>
-      <w:r w:rsidR="0072114E">
+      <w:r w:rsidR="0072114E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">such as </w:t>
       </w:r>
-      <w:r w:rsidR="00F811C7">
+      <w:r w:rsidR="00F811C7" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">abstraction of </w:t>
       </w:r>
-      <w:r w:rsidR="0072114E">
+      <w:r w:rsidR="0072114E" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>previously unused</w:t>
       </w:r>
-      <w:r w:rsidR="00F811C7">
+      <w:r w:rsidR="00F811C7" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> data from</w:t>
       </w:r>
-      <w:r w:rsidR="006F40BB">
+      <w:r w:rsidR="006F40BB" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> participants’ </w:t>
       </w:r>
-      <w:r w:rsidR="007C2C89">
+      <w:r w:rsidR="007C2C89" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">records. </w:t>
       </w:r>
-      <w:r w:rsidR="00F811C7">
+      <w:r w:rsidR="00F811C7" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FAD" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If you require biospecimen</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75116" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, please describe the needed </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06DC7" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACT </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75116" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sample</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB9F946" w14:textId="3D98FE9C" w:rsidR="009E4870" w:rsidRPr="008B3FDB" w:rsidRDefault="00F75116" w:rsidP="008B3FDB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>size</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF356C" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and characteristics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, quantity of specimen requested</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96DB9" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96DB9" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>intended assay procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00362C26" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with laboratory information</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96DB9" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and clear justification </w:t>
+      </w:r>
+      <w:r w:rsidR="0001783B" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for request. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388D6623" w14:textId="77777777" w:rsidR="009E4870" w:rsidRPr="0016368C" w:rsidRDefault="009E4870" w:rsidP="00932707">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44F5F58F" w14:textId="1AB6EA18" w:rsidR="00A04DDB" w:rsidRPr="0016368C" w:rsidRDefault="00841BD6" w:rsidP="00841BD6">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.2 </w:t>
@@ -6024,101 +6130,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6A101422" w14:textId="074592FE" w:rsidR="00995644" w:rsidRPr="000822C1" w:rsidRDefault="00995644" w:rsidP="00995644">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part II: Full Proposal </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E23E4B" w14:textId="77777777" w:rsidR="00995644" w:rsidRPr="000822C1" w:rsidRDefault="00995644" w:rsidP="00103805">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="23981AE4" w14:textId="6AF3464B" w:rsidR="00D64945" w:rsidRPr="000822C1" w:rsidRDefault="00D64945" w:rsidP="003C1A9B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="000D2BCD" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Five</w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008A2D20" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Strategy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F50617" w14:textId="77777777" w:rsidR="00711652" w:rsidRPr="000822C1" w:rsidRDefault="00711652" w:rsidP="003C1A9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08502F55" w14:textId="01333E98" w:rsidR="003C1A9B" w:rsidRPr="00EC565D" w:rsidRDefault="00C81C9C" w:rsidP="003C1A9B">
+    <w:p w14:paraId="08502F55" w14:textId="6DAB6476" w:rsidR="003C1A9B" w:rsidRPr="00EC565D" w:rsidRDefault="00C81C9C" w:rsidP="003C1A9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D64945" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.1 Describe the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6152,51 +6250,67 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>, focusing on the method</w:t>
       </w:r>
       <w:r w:rsidR="003C1A9B" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ological approach</w:t>
       </w:r>
       <w:r w:rsidR="000C223C" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D64945" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(4-6 pages max</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003538CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2-3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64945" w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pages max</w:t>
       </w:r>
       <w:r w:rsidR="000C223C" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>imum</w:t>
       </w:r>
       <w:r w:rsidR="00D64945" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000C223C" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -6266,51 +6380,51 @@
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> proposed </w:t>
       </w:r>
       <w:r w:rsidR="00E070B9" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7ED725" w14:textId="77777777" w:rsidR="000B3B0F" w:rsidRPr="000822C1" w:rsidRDefault="000B3B0F" w:rsidP="00EC565D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66A713AC" w14:textId="36B7E769" w:rsidR="00F91C8A" w:rsidRPr="00EC565D" w:rsidRDefault="000033F8" w:rsidP="00EC565D">
+    <w:p w14:paraId="66A713AC" w14:textId="0479A4A9" w:rsidR="00F91C8A" w:rsidRPr="00EC565D" w:rsidRDefault="000033F8" w:rsidP="00EC565D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00746EF1" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00827414" w:rsidRPr="00EC565D">
@@ -6430,69 +6544,69 @@
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:r w:rsidR="00474D1B" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Check all that apply</w:t>
       </w:r>
       <w:r w:rsidR="005C289E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> including</w:t>
       </w:r>
       <w:r w:rsidR="007971B8" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E6676" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">data needed for sample selection, recruitment, and data analysis activities. </w:t>
+        <w:t xml:space="preserve">data needed for sample selection, recruitment, and data analysis. </w:t>
       </w:r>
       <w:r w:rsidR="00F91C8A" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(External </w:t>
       </w:r>
       <w:r w:rsidR="006F04B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>researcher</w:t>
       </w:r>
       <w:r w:rsidR="00F91C8A" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>s: Please work with your ACT collaborator to identify the categories you will need.)</w:t>
+        <w:t>s: Please work with your ACT collaborator to identify the categories you need.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="541"/>
         <w:gridCol w:w="9359"/>
       </w:tblGrid>
@@ -6787,51 +6901,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Life Course survey data</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65F8059C" w14:textId="46B12658" w:rsidR="009B7487" w:rsidRPr="002B18AC" w:rsidRDefault="009B7487" w:rsidP="009B7487">
+          <w:p w14:paraId="65F8059C" w14:textId="688F11A0" w:rsidR="009B7487" w:rsidRPr="002B18AC" w:rsidRDefault="009B7487" w:rsidP="009B7487">
             <w:pPr>
               <w:spacing w:before="80" w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -6855,63 +6969,61 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005B1513">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Geospatially</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>geospatially-based</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> data </w:t>
+              <w:t xml:space="preserve">-based data </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346AFD" w:rsidRPr="00EC565D" w14:paraId="1339131F" w14:textId="77777777" w:rsidTr="00F446E1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E65AE7C" w14:textId="23422675" w:rsidR="00346AFD" w:rsidRPr="00A2465C" w:rsidRDefault="00346AFD" w:rsidP="00346AFD">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7638,60 +7750,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> ActivPAL</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="68CB813D" w14:textId="77777777" w:rsidR="003A73D0" w:rsidRPr="00A2465C" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -7713,60 +7817,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> ActiGraph</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="716BC9DA" w14:textId="6229EF61" w:rsidR="003A73D0" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7790,65 +7886,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (sleep)</w:t>
+              <w:t xml:space="preserve"> Actiwatch (sleep)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A73D0" w:rsidRPr="00EC565D" w14:paraId="213AEF4D" w14:textId="7A0DB773" w:rsidTr="006B71E7">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="689769F6" w14:textId="14F2BB4B" w:rsidR="003A73D0" w:rsidRPr="00EC565D" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -8260,146 +8342,51 @@
           </w:tcPr>
           <w:p w14:paraId="6CF20550" w14:textId="77777777" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Biospecimens**</w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>: (select all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BC2CC65" w14:textId="59DD94CC" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
-[...94 lines deleted...]
-          <w:p w14:paraId="1B27FBC3" w14:textId="19A93C4C" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
+          <w:p w14:paraId="1B27FBC3" w14:textId="5886779C" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_8"/>
                 <w:id w:val="-639112225"/>
                 <w:placeholder>
                   <w:docPart w:val="C1F5394062DE440BA8E79F13CC41C114"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00B52BB2">
@@ -8457,52 +8444,70 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> DNA</w:t>
             </w:r>
+            <w:r w:rsidR="007133BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D12B98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for what </w:t>
+            </w:r>
+            <w:r w:rsidR="007133BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>number of participants:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="67F21CBD" w14:textId="6CA1A1D7" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
+          <w:p w14:paraId="67F21CBD" w14:textId="3BBF9E22" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -8546,50 +8551,68 @@
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plasma</w:t>
             </w:r>
+            <w:r w:rsidR="007133BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D12B98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for what </w:t>
+            </w:r>
+            <w:r w:rsidR="007133BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>number of participants:</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0F066418" w14:textId="283365B5" w:rsidR="00327F15" w:rsidRPr="00A2465C" w:rsidRDefault="003A73D0" w:rsidP="00327F15">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -8648,51 +8671,51 @@
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B52BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Neuropathology tissue samples</w:t>
             </w:r>
             <w:r w:rsidR="00327F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00327F15" w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please describe: ____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31906901" w14:textId="033AAC90" w:rsidR="003A73D0" w:rsidRPr="002B18AC" w:rsidRDefault="00327F15" w:rsidP="00327F15">
+          <w:p w14:paraId="31906901" w14:textId="635C8D6A" w:rsidR="003A73D0" w:rsidRPr="002B18AC" w:rsidRDefault="00327F15" w:rsidP="00327F15">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="0DCF1BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> To request tissue samples to link with ACT data, you must </w:t>
             </w:r>
             <w:r w:rsidRPr="00904CCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8789,77 +8812,90 @@
           <w:tcPr>
             <w:tcW w:w="9359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12CF3AD2" w14:textId="00AFB788" w:rsidR="003A73D0" w:rsidRPr="00B52BB2" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B18AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ACT curated dataset</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> at ADGC available for approved SAG proposals</w:t>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B22EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ADGC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> available for approved SAG proposals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A73D0" w:rsidRPr="00EC565D" w14:paraId="5E08454C" w14:textId="3738BBC5" w:rsidTr="00114A86">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D17AAAA" w14:textId="5CEA3D32" w:rsidR="003A73D0" w:rsidRPr="00EC565D" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
@@ -8945,103 +8981,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>*Requires IRB review at recipient institution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0116CB" w14:textId="22035F84" w:rsidR="00881270" w:rsidRPr="00EC565D" w:rsidRDefault="00881270" w:rsidP="00F91C8A">
       <w:pPr>
         <w:spacing w:before="80" w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2465C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">**Requires IRB review at recipient institution and a material transfer agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B20F3D3" w14:textId="77777777" w:rsidR="00E21837" w:rsidRPr="00EC565D" w:rsidRDefault="00E21837" w:rsidP="00103805">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="503356A1" w14:textId="772CF686" w:rsidR="000033F8" w:rsidRPr="00EC565D" w:rsidRDefault="000033F8" w:rsidP="00DC3092">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00746EF1" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="00265EF3" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Do you need any preliminary ACT data </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> write your grant proposal?</w:t>
+        <w:t xml:space="preserve"> Do you need any preliminary ACT data in order to write your grant proposal?</w:t>
       </w:r>
       <w:r w:rsidR="00F67748" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E979E2" w14:textId="31B6B3AE" w:rsidR="00705440" w:rsidRDefault="00746EF1" w:rsidP="00093A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -10544,335 +10556,343 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or attaching an Excel file</w:t>
       </w:r>
       <w:r w:rsidR="00B93443" w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3629ECDF" w14:textId="56C18926" w:rsidR="00DC3092" w:rsidRPr="00CD663A" w:rsidRDefault="00DC3092" w:rsidP="00DC3092">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="600" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="3B4BEDDC" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="3B4BEDDC" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18ACE14C" w14:textId="143F9CF7" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="18ACE14C" w14:textId="143F9CF7" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC565D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Variable Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="38FA9A89" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="38FA9A89" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AF0F52C" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="6AF0F52C" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="11759578" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="11759578" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="010755DC" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="010755DC" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="31292F3C" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="31292F3C" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66F3C714" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="66F3C714" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="3DC5D1E7" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="3DC5D1E7" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1405CE3E" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="1405CE3E" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="7FF86BEF" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="7FF86BEF" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6912594A" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="6912594A" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="6D8AD45D" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="6D8AD45D" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="785199EB" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="785199EB" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="1E2297DE" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="1E2297DE" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0201E7B4" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="0201E7B4" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="2DBEC72F" w14:textId="77777777" w:rsidTr="0015090D">
+      <w:tr w:rsidR="003752D3" w:rsidRPr="00EC565D" w14:paraId="2DBEC72F" w14:textId="77777777" w:rsidTr="008B3FDB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="29" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="14" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3028F153" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+          <w:p w14:paraId="3028F153" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="008B3FDB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AEC1B3D" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
+    <w:p w14:paraId="0AEC1B3D" w14:textId="3D15615E" w:rsidR="003752D3" w:rsidRDefault="00707D61" w:rsidP="003752D3">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="390247BD" w14:textId="7288138E" w:rsidR="00DC3092" w:rsidRPr="00EC565D" w:rsidRDefault="007971B8" w:rsidP="00CD663A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6.2</w:t>
       </w:r>
       <w:r w:rsidR="00803406" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -12200,74 +12220,63 @@
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and enter your initials on the line below to complete the attestation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B3E68B" w14:textId="77777777" w:rsidR="00865C4D" w:rsidRDefault="00865C4D" w:rsidP="00865C4D">
+    <w:p w14:paraId="42C5F08B" w14:textId="5C034198" w:rsidR="0043220E" w:rsidRPr="00865C4D" w:rsidRDefault="00865C4D" w:rsidP="00865C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>As the lead researcher of this proposal, I attest that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A51C75" w:rsidRPr="00F76C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1795DB5B" w14:textId="5A3EF794" w:rsidR="0043220E" w:rsidRPr="00F76C0C" w:rsidRDefault="00865C4D" w:rsidP="00865C4D">
       <w:pPr>
         <w:spacing w:before="120" w:after="80" w:line="218" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
@@ -12532,50 +12541,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Initials: ________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4445A7CF" w14:textId="2568F2BC" w:rsidR="00856EC7" w:rsidRPr="00F76C0C" w:rsidRDefault="00865C4D" w:rsidP="00865C4D">
       <w:pPr>
         <w:spacing w:before="120" w:after="80" w:line="218" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
@@ -12688,59 +12698,50 @@
       </w:r>
       <w:r w:rsidR="00E05426" w:rsidRPr="00F76C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data will be used only for approved purpose</w:t>
       </w:r>
       <w:r w:rsidRPr="00865C4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Initials: _________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330D65F4" w14:textId="6722A9F8" w:rsidR="00E05426" w:rsidRPr="000822C1" w:rsidRDefault="00E05426" w:rsidP="009F17B9">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0F406246" w14:textId="77777777" w:rsidR="003F1694" w:rsidRDefault="003F1694" w:rsidP="009F17B9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55614600" w14:textId="730E863A" w:rsidR="00751571" w:rsidRDefault="00280CCB" w:rsidP="009F17B9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="004A07B6" w:rsidRPr="000822C1">
@@ -12786,75 +12787,75 @@
           <w:bCs/>
         </w:rPr>
         <w:t>, including the name of the reviewing IRB.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69AF0C98" w14:textId="77777777" w:rsidR="009F17B9" w:rsidRDefault="009F17B9" w:rsidP="009B07BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03F37456" w14:textId="77777777" w:rsidR="003F1694" w:rsidRPr="000822C1" w:rsidRDefault="003F1694" w:rsidP="009B07BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="088E33AE" w14:textId="45C3A3F8" w:rsidR="001A689B" w:rsidRPr="000822C1" w:rsidRDefault="008C115E" w:rsidP="008C115E">
+    <w:p w14:paraId="088E33AE" w14:textId="70AA0CDF" w:rsidR="001A689B" w:rsidRPr="000822C1" w:rsidRDefault="008C115E" w:rsidP="008C115E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk127440931"/>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="00280CCB" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Eight</w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00896D8F" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsibilities of </w:t>
       </w:r>
       <w:r w:rsidR="00E67B90" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">collaborators and </w:t>
       </w:r>
       <w:r w:rsidR="000B1FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>preliminary</w:t>
       </w:r>
       <w:r w:rsidR="00E67B90" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14159,104 +14160,71 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">.3 </w:t>
       </w:r>
       <w:r w:rsidR="0093764C" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Additional Budget Notes/Comments</w:t>
       </w:r>
       <w:r w:rsidR="0093764C" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA29BFE" w14:textId="77777777" w:rsidR="0093764C" w:rsidRPr="000822C1" w:rsidRDefault="0093764C">
-[...32 lines deleted...]
-    <w:p w14:paraId="19444403" w14:textId="51719D0A" w:rsidR="00033BCB" w:rsidRPr="000822C1" w:rsidRDefault="00033BCB" w:rsidP="00033BCB">
+    <w:p w14:paraId="19444403" w14:textId="0951DE91" w:rsidR="00033BCB" w:rsidRPr="000822C1" w:rsidRDefault="00033BCB" w:rsidP="00033BCB">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Section Nine:  Attachments (if applicable</w:t>
+        <w:t>Section Nine: Attachments (if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00083DDB" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/available)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440754A3" w14:textId="77777777" w:rsidR="00634378" w:rsidRPr="000822C1" w:rsidRDefault="00634378" w:rsidP="00634378">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6846DBD6" w14:textId="1BBCC243" w:rsidR="00634378" w:rsidRPr="000822C1" w:rsidRDefault="00714273" w:rsidP="00634378">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14627,128 +14595,128 @@
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000182" w14:textId="34334833" w:rsidR="0055500C" w:rsidRPr="00751571" w:rsidRDefault="0055500C" w:rsidP="00A77C18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0055500C" w:rsidRPr="00751571">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="624B082B" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="4F0917FE" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AB78925" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="7AA7B171" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="214DEC6E" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="0EC1F2A4" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -14808,97 +14776,100 @@
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="008E0FC1">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D55FA10" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="2FD3CA50" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A370FAF" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="3FE64853" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="74C6FBA3" w14:textId="77777777" w:rsidR="00187351" w:rsidRDefault="00187351">
+    <w:p w14:paraId="1D56D61E" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2253EF5A" w14:textId="2373A94D" w:rsidR="000076CC" w:rsidRDefault="00384F12" w:rsidP="00DC3E39">
+  <w:p w14:paraId="2253EF5A" w14:textId="25ACCCEE" w:rsidR="000076CC" w:rsidRDefault="00384F12" w:rsidP="00DC3E39">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00073E41">
       <w:t>ersion</w:t>
     </w:r>
     <w:r w:rsidR="0073663D">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00A56367">
+      <w:t>12/11</w:t>
+    </w:r>
     <w:r w:rsidR="001E4636">
-      <w:t>3/19/2025</w:t>
+      <w:t>/2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AB70D13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83B8913E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -17063,474 +17034,499 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="309751992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="518275978">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="177157529">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="703479650">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1572543494">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1915504665">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0055500C"/>
     <w:rsid w:val="00000890"/>
     <w:rsid w:val="000033F8"/>
     <w:rsid w:val="000043D4"/>
     <w:rsid w:val="000076CC"/>
     <w:rsid w:val="00007EDC"/>
     <w:rsid w:val="000141FF"/>
     <w:rsid w:val="0001616C"/>
+    <w:rsid w:val="0001783B"/>
+    <w:rsid w:val="00020467"/>
     <w:rsid w:val="000272FE"/>
     <w:rsid w:val="00033673"/>
     <w:rsid w:val="00033BCB"/>
     <w:rsid w:val="0003673A"/>
     <w:rsid w:val="00037EA8"/>
     <w:rsid w:val="0004201D"/>
     <w:rsid w:val="0004474C"/>
     <w:rsid w:val="00044C42"/>
     <w:rsid w:val="000500EA"/>
     <w:rsid w:val="00054992"/>
     <w:rsid w:val="0005743F"/>
     <w:rsid w:val="000577CA"/>
     <w:rsid w:val="000619E1"/>
     <w:rsid w:val="00062D22"/>
     <w:rsid w:val="00064195"/>
     <w:rsid w:val="00071159"/>
+    <w:rsid w:val="00071D51"/>
     <w:rsid w:val="00073E41"/>
     <w:rsid w:val="00077C16"/>
     <w:rsid w:val="0008160C"/>
     <w:rsid w:val="000822C1"/>
     <w:rsid w:val="00083DDB"/>
     <w:rsid w:val="00087535"/>
     <w:rsid w:val="000912FD"/>
     <w:rsid w:val="00093A1C"/>
     <w:rsid w:val="00095E60"/>
     <w:rsid w:val="000A7785"/>
     <w:rsid w:val="000B1FDB"/>
     <w:rsid w:val="000B22D9"/>
     <w:rsid w:val="000B2B28"/>
     <w:rsid w:val="000B2FB1"/>
     <w:rsid w:val="000B3B0F"/>
     <w:rsid w:val="000B43FF"/>
     <w:rsid w:val="000B55F4"/>
     <w:rsid w:val="000B6C7D"/>
     <w:rsid w:val="000C0AA5"/>
     <w:rsid w:val="000C223C"/>
     <w:rsid w:val="000C6888"/>
     <w:rsid w:val="000D0FD1"/>
+    <w:rsid w:val="000D10AB"/>
     <w:rsid w:val="000D2BCD"/>
     <w:rsid w:val="000E265B"/>
     <w:rsid w:val="000E3D1F"/>
     <w:rsid w:val="000E6676"/>
     <w:rsid w:val="000F033C"/>
     <w:rsid w:val="000F0912"/>
     <w:rsid w:val="000F26AA"/>
     <w:rsid w:val="000F7AB5"/>
     <w:rsid w:val="00100E7B"/>
     <w:rsid w:val="00103805"/>
     <w:rsid w:val="00105564"/>
     <w:rsid w:val="00106CFE"/>
     <w:rsid w:val="00107D1C"/>
     <w:rsid w:val="001135A6"/>
     <w:rsid w:val="00114674"/>
     <w:rsid w:val="00114A86"/>
     <w:rsid w:val="00115B47"/>
     <w:rsid w:val="001211DB"/>
     <w:rsid w:val="00132F76"/>
     <w:rsid w:val="0013345A"/>
     <w:rsid w:val="00134DDC"/>
     <w:rsid w:val="001376FD"/>
     <w:rsid w:val="00142959"/>
     <w:rsid w:val="00144086"/>
     <w:rsid w:val="0014428F"/>
     <w:rsid w:val="0015090D"/>
     <w:rsid w:val="0015686C"/>
     <w:rsid w:val="0016274C"/>
     <w:rsid w:val="0016368C"/>
     <w:rsid w:val="001724AF"/>
     <w:rsid w:val="001743C6"/>
     <w:rsid w:val="00175B2E"/>
     <w:rsid w:val="00184B60"/>
     <w:rsid w:val="00187351"/>
     <w:rsid w:val="00187484"/>
     <w:rsid w:val="00187AB4"/>
     <w:rsid w:val="001914DD"/>
     <w:rsid w:val="00194847"/>
     <w:rsid w:val="001A1564"/>
     <w:rsid w:val="001A34B8"/>
     <w:rsid w:val="001A689B"/>
     <w:rsid w:val="001B0F8D"/>
     <w:rsid w:val="001B4A74"/>
     <w:rsid w:val="001C0B5F"/>
     <w:rsid w:val="001C34A6"/>
     <w:rsid w:val="001C65FC"/>
     <w:rsid w:val="001C6CC4"/>
     <w:rsid w:val="001C7801"/>
     <w:rsid w:val="001D4005"/>
+    <w:rsid w:val="001E37EE"/>
     <w:rsid w:val="001E4636"/>
     <w:rsid w:val="001F02F9"/>
     <w:rsid w:val="001F652D"/>
     <w:rsid w:val="002026DB"/>
     <w:rsid w:val="002159D3"/>
     <w:rsid w:val="00221F88"/>
     <w:rsid w:val="00222FF7"/>
     <w:rsid w:val="00230B8F"/>
     <w:rsid w:val="00232409"/>
     <w:rsid w:val="0023280E"/>
     <w:rsid w:val="00233E70"/>
     <w:rsid w:val="0024452D"/>
     <w:rsid w:val="00244620"/>
     <w:rsid w:val="00244684"/>
     <w:rsid w:val="002474D7"/>
     <w:rsid w:val="00251B83"/>
     <w:rsid w:val="00255BBA"/>
     <w:rsid w:val="0026580B"/>
     <w:rsid w:val="00265EF3"/>
     <w:rsid w:val="00266836"/>
     <w:rsid w:val="0027553C"/>
     <w:rsid w:val="00277557"/>
     <w:rsid w:val="00280AE4"/>
     <w:rsid w:val="00280CCB"/>
     <w:rsid w:val="00282BEA"/>
     <w:rsid w:val="00294237"/>
     <w:rsid w:val="00297651"/>
     <w:rsid w:val="002B2A64"/>
     <w:rsid w:val="002B6873"/>
     <w:rsid w:val="002C30EC"/>
     <w:rsid w:val="002C3334"/>
     <w:rsid w:val="002C3B76"/>
     <w:rsid w:val="002C40E7"/>
     <w:rsid w:val="002C574B"/>
     <w:rsid w:val="002D0BD9"/>
     <w:rsid w:val="002D1002"/>
     <w:rsid w:val="002D2D5D"/>
     <w:rsid w:val="002D5F02"/>
     <w:rsid w:val="002D7405"/>
     <w:rsid w:val="002D7B58"/>
     <w:rsid w:val="002E345F"/>
     <w:rsid w:val="002E6823"/>
     <w:rsid w:val="002F5022"/>
     <w:rsid w:val="00305639"/>
     <w:rsid w:val="0030618D"/>
     <w:rsid w:val="003268F2"/>
     <w:rsid w:val="00327F15"/>
     <w:rsid w:val="00333BD2"/>
     <w:rsid w:val="00334B93"/>
     <w:rsid w:val="00340FDB"/>
+    <w:rsid w:val="00342519"/>
     <w:rsid w:val="0034285E"/>
     <w:rsid w:val="00346AFD"/>
+    <w:rsid w:val="003538CA"/>
     <w:rsid w:val="00355990"/>
     <w:rsid w:val="00355E86"/>
+    <w:rsid w:val="00360486"/>
+    <w:rsid w:val="00362C26"/>
     <w:rsid w:val="00365ACC"/>
+    <w:rsid w:val="00366621"/>
     <w:rsid w:val="00367642"/>
+    <w:rsid w:val="00371396"/>
     <w:rsid w:val="003726AF"/>
     <w:rsid w:val="003752D3"/>
+    <w:rsid w:val="003756D8"/>
     <w:rsid w:val="00384F12"/>
     <w:rsid w:val="003856B8"/>
     <w:rsid w:val="00391F94"/>
     <w:rsid w:val="0039293D"/>
     <w:rsid w:val="00393152"/>
     <w:rsid w:val="003A2AD1"/>
     <w:rsid w:val="003A45E3"/>
     <w:rsid w:val="003A73D0"/>
     <w:rsid w:val="003B4CB1"/>
     <w:rsid w:val="003B50FA"/>
     <w:rsid w:val="003B697E"/>
     <w:rsid w:val="003C1A9B"/>
     <w:rsid w:val="003D1579"/>
     <w:rsid w:val="003D1D1F"/>
     <w:rsid w:val="003D27DC"/>
     <w:rsid w:val="003D2D6C"/>
     <w:rsid w:val="003D3CC8"/>
     <w:rsid w:val="003D4687"/>
     <w:rsid w:val="003D51D6"/>
     <w:rsid w:val="003D60E6"/>
     <w:rsid w:val="003E614B"/>
     <w:rsid w:val="003F1694"/>
     <w:rsid w:val="003F2CBF"/>
     <w:rsid w:val="003F728C"/>
     <w:rsid w:val="00407657"/>
     <w:rsid w:val="004173AC"/>
     <w:rsid w:val="0041758F"/>
     <w:rsid w:val="00431B1A"/>
     <w:rsid w:val="00431F86"/>
     <w:rsid w:val="0043220E"/>
+    <w:rsid w:val="00434AAF"/>
     <w:rsid w:val="00437E58"/>
     <w:rsid w:val="0044149D"/>
     <w:rsid w:val="00443825"/>
     <w:rsid w:val="00443E36"/>
     <w:rsid w:val="00444CCD"/>
     <w:rsid w:val="0045523A"/>
     <w:rsid w:val="004662BE"/>
     <w:rsid w:val="0047224A"/>
     <w:rsid w:val="00472F24"/>
     <w:rsid w:val="00474D1B"/>
     <w:rsid w:val="00483FB8"/>
     <w:rsid w:val="00484F6A"/>
     <w:rsid w:val="004862F5"/>
     <w:rsid w:val="00491BB4"/>
     <w:rsid w:val="00497A8C"/>
     <w:rsid w:val="004A07B6"/>
     <w:rsid w:val="004A3077"/>
     <w:rsid w:val="004A54B5"/>
     <w:rsid w:val="004B0334"/>
     <w:rsid w:val="004B04B5"/>
     <w:rsid w:val="004B0D33"/>
     <w:rsid w:val="004B31DB"/>
     <w:rsid w:val="004B4500"/>
     <w:rsid w:val="004C354D"/>
     <w:rsid w:val="004D103B"/>
     <w:rsid w:val="004E02E6"/>
     <w:rsid w:val="004E09CB"/>
     <w:rsid w:val="004E3A31"/>
     <w:rsid w:val="004F225A"/>
+    <w:rsid w:val="00500BED"/>
     <w:rsid w:val="00507AFC"/>
     <w:rsid w:val="00510C90"/>
     <w:rsid w:val="005110BC"/>
     <w:rsid w:val="00511A5A"/>
     <w:rsid w:val="005157D5"/>
     <w:rsid w:val="00515AFC"/>
     <w:rsid w:val="0052071F"/>
     <w:rsid w:val="0052244B"/>
+    <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005261D1"/>
     <w:rsid w:val="00531376"/>
     <w:rsid w:val="00531B3B"/>
     <w:rsid w:val="00533AD2"/>
     <w:rsid w:val="00536B87"/>
     <w:rsid w:val="0053716B"/>
     <w:rsid w:val="00554AF6"/>
     <w:rsid w:val="0055500C"/>
     <w:rsid w:val="00565173"/>
     <w:rsid w:val="00571311"/>
     <w:rsid w:val="00574698"/>
     <w:rsid w:val="00583524"/>
     <w:rsid w:val="005842F5"/>
     <w:rsid w:val="00584C13"/>
+    <w:rsid w:val="00591F15"/>
+    <w:rsid w:val="005978BF"/>
     <w:rsid w:val="005A1AFD"/>
+    <w:rsid w:val="005B1513"/>
     <w:rsid w:val="005B2721"/>
     <w:rsid w:val="005B37F8"/>
     <w:rsid w:val="005B7311"/>
     <w:rsid w:val="005C2126"/>
     <w:rsid w:val="005C289E"/>
     <w:rsid w:val="005C60FE"/>
     <w:rsid w:val="005C72F0"/>
     <w:rsid w:val="005D3C58"/>
     <w:rsid w:val="005D4046"/>
     <w:rsid w:val="005E07C5"/>
     <w:rsid w:val="005E1F14"/>
     <w:rsid w:val="005E7280"/>
     <w:rsid w:val="005F1103"/>
     <w:rsid w:val="005F25F1"/>
     <w:rsid w:val="005F702E"/>
     <w:rsid w:val="005F7F03"/>
     <w:rsid w:val="00603710"/>
     <w:rsid w:val="0060427C"/>
     <w:rsid w:val="00604C31"/>
     <w:rsid w:val="00605D46"/>
     <w:rsid w:val="00605FB4"/>
+    <w:rsid w:val="00616CDC"/>
     <w:rsid w:val="006241EC"/>
     <w:rsid w:val="00631591"/>
     <w:rsid w:val="00632D79"/>
     <w:rsid w:val="00634378"/>
     <w:rsid w:val="006368F9"/>
     <w:rsid w:val="006376FF"/>
     <w:rsid w:val="0064559F"/>
     <w:rsid w:val="00652CD6"/>
     <w:rsid w:val="00653254"/>
     <w:rsid w:val="0066034F"/>
     <w:rsid w:val="00660D92"/>
     <w:rsid w:val="00661E61"/>
     <w:rsid w:val="00661E9F"/>
     <w:rsid w:val="0067147C"/>
     <w:rsid w:val="00682086"/>
     <w:rsid w:val="006822AA"/>
     <w:rsid w:val="00683BA8"/>
     <w:rsid w:val="00692873"/>
     <w:rsid w:val="00695C53"/>
     <w:rsid w:val="006A038F"/>
     <w:rsid w:val="006A74E5"/>
     <w:rsid w:val="006B2B5D"/>
     <w:rsid w:val="006B6A00"/>
     <w:rsid w:val="006B71E7"/>
     <w:rsid w:val="006C0FEA"/>
     <w:rsid w:val="006D08DD"/>
     <w:rsid w:val="006D282A"/>
     <w:rsid w:val="006D52AC"/>
     <w:rsid w:val="006E04AF"/>
     <w:rsid w:val="006E0BEB"/>
     <w:rsid w:val="006E55A6"/>
     <w:rsid w:val="006F04B4"/>
     <w:rsid w:val="006F2482"/>
     <w:rsid w:val="006F40BB"/>
     <w:rsid w:val="0070059C"/>
     <w:rsid w:val="00702DE8"/>
     <w:rsid w:val="00705440"/>
+    <w:rsid w:val="00707D61"/>
     <w:rsid w:val="00711652"/>
+    <w:rsid w:val="007133BD"/>
     <w:rsid w:val="00714273"/>
     <w:rsid w:val="00714D13"/>
     <w:rsid w:val="0071771C"/>
     <w:rsid w:val="00720048"/>
     <w:rsid w:val="0072114E"/>
     <w:rsid w:val="007241CA"/>
     <w:rsid w:val="007248F2"/>
     <w:rsid w:val="007255D4"/>
     <w:rsid w:val="00725825"/>
     <w:rsid w:val="0073663D"/>
     <w:rsid w:val="00743E73"/>
     <w:rsid w:val="00746165"/>
     <w:rsid w:val="007461BC"/>
     <w:rsid w:val="00746EF1"/>
     <w:rsid w:val="00746FB8"/>
+    <w:rsid w:val="00750357"/>
     <w:rsid w:val="00751571"/>
     <w:rsid w:val="00756975"/>
     <w:rsid w:val="007572F2"/>
     <w:rsid w:val="00760D98"/>
     <w:rsid w:val="00761E3D"/>
     <w:rsid w:val="00762242"/>
     <w:rsid w:val="00766990"/>
     <w:rsid w:val="00770371"/>
     <w:rsid w:val="0077772E"/>
     <w:rsid w:val="00781651"/>
     <w:rsid w:val="00783035"/>
     <w:rsid w:val="007830BB"/>
     <w:rsid w:val="007849CD"/>
     <w:rsid w:val="007866C2"/>
     <w:rsid w:val="007876A3"/>
     <w:rsid w:val="0079168A"/>
     <w:rsid w:val="007930A4"/>
     <w:rsid w:val="00796020"/>
     <w:rsid w:val="007971B8"/>
     <w:rsid w:val="00797E82"/>
     <w:rsid w:val="007A01A3"/>
     <w:rsid w:val="007A17D3"/>
     <w:rsid w:val="007A690E"/>
+    <w:rsid w:val="007B0B7B"/>
     <w:rsid w:val="007B2068"/>
     <w:rsid w:val="007B4D96"/>
     <w:rsid w:val="007B5DA2"/>
     <w:rsid w:val="007B72D6"/>
     <w:rsid w:val="007B7B0B"/>
     <w:rsid w:val="007B7DD7"/>
     <w:rsid w:val="007C1E14"/>
     <w:rsid w:val="007C2BDF"/>
     <w:rsid w:val="007C2C89"/>
     <w:rsid w:val="007C7D69"/>
     <w:rsid w:val="007D636C"/>
     <w:rsid w:val="007E1B46"/>
     <w:rsid w:val="007F044B"/>
     <w:rsid w:val="007F11DE"/>
     <w:rsid w:val="007F700D"/>
     <w:rsid w:val="007F7D90"/>
     <w:rsid w:val="00801785"/>
     <w:rsid w:val="00803406"/>
     <w:rsid w:val="008034F3"/>
     <w:rsid w:val="00806BA1"/>
     <w:rsid w:val="00812908"/>
     <w:rsid w:val="00812A9D"/>
     <w:rsid w:val="008152A4"/>
     <w:rsid w:val="0081704C"/>
     <w:rsid w:val="008174EC"/>
     <w:rsid w:val="00822F92"/>
     <w:rsid w:val="00823A88"/>
     <w:rsid w:val="008240E6"/>
     <w:rsid w:val="00825B5D"/>
     <w:rsid w:val="00827414"/>
     <w:rsid w:val="00827E31"/>
     <w:rsid w:val="00833305"/>
     <w:rsid w:val="008357EC"/>
     <w:rsid w:val="00841B37"/>
     <w:rsid w:val="00841BD6"/>
     <w:rsid w:val="00845813"/>
     <w:rsid w:val="0084737F"/>
     <w:rsid w:val="00850E39"/>
     <w:rsid w:val="00851933"/>
     <w:rsid w:val="0085686E"/>
     <w:rsid w:val="00856EC7"/>
     <w:rsid w:val="008579BC"/>
     <w:rsid w:val="00865686"/>
     <w:rsid w:val="00865C4D"/>
     <w:rsid w:val="00876A1F"/>
     <w:rsid w:val="00881270"/>
     <w:rsid w:val="00896D8F"/>
+    <w:rsid w:val="008A073E"/>
     <w:rsid w:val="008A2D20"/>
     <w:rsid w:val="008B023E"/>
     <w:rsid w:val="008B2824"/>
     <w:rsid w:val="008B38FA"/>
+    <w:rsid w:val="008B3FDB"/>
     <w:rsid w:val="008B535D"/>
     <w:rsid w:val="008B678E"/>
     <w:rsid w:val="008C0E91"/>
     <w:rsid w:val="008C115E"/>
     <w:rsid w:val="008C1EC6"/>
     <w:rsid w:val="008C1ED4"/>
     <w:rsid w:val="008C2C8E"/>
     <w:rsid w:val="008D2319"/>
     <w:rsid w:val="008D5C35"/>
     <w:rsid w:val="008D6AFA"/>
     <w:rsid w:val="008E0FC1"/>
     <w:rsid w:val="008E4FE4"/>
     <w:rsid w:val="008E746E"/>
     <w:rsid w:val="008F1968"/>
     <w:rsid w:val="008F2AC9"/>
+    <w:rsid w:val="008F32AE"/>
     <w:rsid w:val="008F4106"/>
     <w:rsid w:val="009008DC"/>
     <w:rsid w:val="0090322A"/>
     <w:rsid w:val="009052CE"/>
     <w:rsid w:val="00912310"/>
     <w:rsid w:val="00913C51"/>
     <w:rsid w:val="00917EE5"/>
     <w:rsid w:val="00931F6B"/>
     <w:rsid w:val="00932707"/>
     <w:rsid w:val="0093743D"/>
     <w:rsid w:val="0093764C"/>
     <w:rsid w:val="0094220C"/>
     <w:rsid w:val="009444A8"/>
     <w:rsid w:val="009458CE"/>
     <w:rsid w:val="00945D3E"/>
     <w:rsid w:val="00947962"/>
     <w:rsid w:val="00947C96"/>
     <w:rsid w:val="0095068E"/>
     <w:rsid w:val="00950BCC"/>
     <w:rsid w:val="00952A49"/>
     <w:rsid w:val="00960279"/>
     <w:rsid w:val="00960D69"/>
     <w:rsid w:val="009650AE"/>
     <w:rsid w:val="00965880"/>
     <w:rsid w:val="00973D78"/>
@@ -17561,290 +17557,309 @@
     <w:rsid w:val="009F17B9"/>
     <w:rsid w:val="009F3637"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="009F4543"/>
     <w:rsid w:val="00A00FA0"/>
     <w:rsid w:val="00A034DA"/>
     <w:rsid w:val="00A04AEC"/>
     <w:rsid w:val="00A04DDB"/>
     <w:rsid w:val="00A109B9"/>
     <w:rsid w:val="00A12557"/>
     <w:rsid w:val="00A13AD6"/>
     <w:rsid w:val="00A25263"/>
     <w:rsid w:val="00A331B9"/>
     <w:rsid w:val="00A33834"/>
     <w:rsid w:val="00A365F3"/>
     <w:rsid w:val="00A409A5"/>
     <w:rsid w:val="00A44012"/>
     <w:rsid w:val="00A45F1B"/>
     <w:rsid w:val="00A473E6"/>
     <w:rsid w:val="00A50E0E"/>
     <w:rsid w:val="00A51C75"/>
     <w:rsid w:val="00A51ED8"/>
     <w:rsid w:val="00A52836"/>
     <w:rsid w:val="00A533E1"/>
     <w:rsid w:val="00A543FF"/>
+    <w:rsid w:val="00A56367"/>
     <w:rsid w:val="00A566BE"/>
     <w:rsid w:val="00A601BE"/>
     <w:rsid w:val="00A620D5"/>
     <w:rsid w:val="00A62EF8"/>
     <w:rsid w:val="00A63BBD"/>
     <w:rsid w:val="00A649FC"/>
     <w:rsid w:val="00A6610F"/>
     <w:rsid w:val="00A77C18"/>
     <w:rsid w:val="00A84AEB"/>
     <w:rsid w:val="00A867EC"/>
     <w:rsid w:val="00A92574"/>
     <w:rsid w:val="00A946F3"/>
     <w:rsid w:val="00A97DDE"/>
     <w:rsid w:val="00AA0EA1"/>
     <w:rsid w:val="00AB01A7"/>
     <w:rsid w:val="00AB2FF7"/>
     <w:rsid w:val="00AB339D"/>
     <w:rsid w:val="00AB4CCD"/>
     <w:rsid w:val="00AB6473"/>
     <w:rsid w:val="00AC1369"/>
     <w:rsid w:val="00AC3A8B"/>
     <w:rsid w:val="00AC5979"/>
     <w:rsid w:val="00AD24C5"/>
     <w:rsid w:val="00AF70FB"/>
     <w:rsid w:val="00B01DCC"/>
     <w:rsid w:val="00B0329E"/>
     <w:rsid w:val="00B032E7"/>
     <w:rsid w:val="00B039C1"/>
     <w:rsid w:val="00B045B5"/>
     <w:rsid w:val="00B04760"/>
     <w:rsid w:val="00B102A8"/>
     <w:rsid w:val="00B15B21"/>
     <w:rsid w:val="00B213C7"/>
     <w:rsid w:val="00B221FE"/>
+    <w:rsid w:val="00B22EE4"/>
     <w:rsid w:val="00B23A7A"/>
     <w:rsid w:val="00B265DD"/>
+    <w:rsid w:val="00B31488"/>
     <w:rsid w:val="00B45BBC"/>
     <w:rsid w:val="00B45CCF"/>
     <w:rsid w:val="00B461E9"/>
     <w:rsid w:val="00B51475"/>
     <w:rsid w:val="00B52BB2"/>
     <w:rsid w:val="00B53BE4"/>
     <w:rsid w:val="00B55035"/>
     <w:rsid w:val="00B60CAF"/>
     <w:rsid w:val="00B63C70"/>
+    <w:rsid w:val="00B650B5"/>
     <w:rsid w:val="00B6534C"/>
     <w:rsid w:val="00B67B1D"/>
     <w:rsid w:val="00B70AE2"/>
+    <w:rsid w:val="00B715A2"/>
     <w:rsid w:val="00B7300B"/>
     <w:rsid w:val="00B733A6"/>
     <w:rsid w:val="00B75C0A"/>
     <w:rsid w:val="00B766E1"/>
     <w:rsid w:val="00B772C8"/>
     <w:rsid w:val="00B77DE4"/>
     <w:rsid w:val="00B8421E"/>
     <w:rsid w:val="00B93443"/>
     <w:rsid w:val="00B94BAE"/>
     <w:rsid w:val="00B95D2D"/>
     <w:rsid w:val="00B963C0"/>
+    <w:rsid w:val="00B96DB9"/>
     <w:rsid w:val="00BA700A"/>
     <w:rsid w:val="00BA73A7"/>
     <w:rsid w:val="00BB73A8"/>
     <w:rsid w:val="00BB7E81"/>
     <w:rsid w:val="00BC0FD4"/>
     <w:rsid w:val="00BC2D13"/>
     <w:rsid w:val="00BD2CE3"/>
     <w:rsid w:val="00BD4802"/>
     <w:rsid w:val="00BD495D"/>
     <w:rsid w:val="00BE0419"/>
     <w:rsid w:val="00BE1B27"/>
     <w:rsid w:val="00BE5286"/>
     <w:rsid w:val="00BE5402"/>
     <w:rsid w:val="00BF5FC8"/>
     <w:rsid w:val="00C00046"/>
+    <w:rsid w:val="00C006A1"/>
     <w:rsid w:val="00C12FF4"/>
     <w:rsid w:val="00C23364"/>
     <w:rsid w:val="00C239DF"/>
     <w:rsid w:val="00C24F55"/>
     <w:rsid w:val="00C25AFB"/>
+    <w:rsid w:val="00C306AD"/>
     <w:rsid w:val="00C33521"/>
     <w:rsid w:val="00C337C6"/>
     <w:rsid w:val="00C35F92"/>
     <w:rsid w:val="00C368FA"/>
     <w:rsid w:val="00C36F9E"/>
     <w:rsid w:val="00C41D48"/>
     <w:rsid w:val="00C435BA"/>
     <w:rsid w:val="00C43F2C"/>
     <w:rsid w:val="00C4575E"/>
     <w:rsid w:val="00C53E52"/>
     <w:rsid w:val="00C540B2"/>
     <w:rsid w:val="00C55688"/>
     <w:rsid w:val="00C57307"/>
     <w:rsid w:val="00C57940"/>
     <w:rsid w:val="00C57C56"/>
     <w:rsid w:val="00C65927"/>
     <w:rsid w:val="00C7255D"/>
     <w:rsid w:val="00C74B40"/>
     <w:rsid w:val="00C76F8B"/>
+    <w:rsid w:val="00C779BE"/>
     <w:rsid w:val="00C813D2"/>
     <w:rsid w:val="00C81C9C"/>
     <w:rsid w:val="00C82C48"/>
     <w:rsid w:val="00C84E9B"/>
     <w:rsid w:val="00C855E7"/>
     <w:rsid w:val="00C856A9"/>
     <w:rsid w:val="00C864CB"/>
     <w:rsid w:val="00C86A88"/>
     <w:rsid w:val="00C942EB"/>
     <w:rsid w:val="00CA118E"/>
     <w:rsid w:val="00CA1E80"/>
     <w:rsid w:val="00CB11DF"/>
     <w:rsid w:val="00CB25EC"/>
     <w:rsid w:val="00CC1A16"/>
     <w:rsid w:val="00CD4ABF"/>
     <w:rsid w:val="00CD663A"/>
     <w:rsid w:val="00CE2255"/>
     <w:rsid w:val="00CE46E8"/>
     <w:rsid w:val="00CE4F76"/>
     <w:rsid w:val="00CE7A14"/>
     <w:rsid w:val="00CF0CCB"/>
     <w:rsid w:val="00CF2F1A"/>
+    <w:rsid w:val="00CF356C"/>
     <w:rsid w:val="00CF7DF4"/>
     <w:rsid w:val="00D00DA1"/>
+    <w:rsid w:val="00D06DC7"/>
+    <w:rsid w:val="00D12B98"/>
     <w:rsid w:val="00D153BF"/>
     <w:rsid w:val="00D2321F"/>
     <w:rsid w:val="00D242F1"/>
     <w:rsid w:val="00D30BE5"/>
     <w:rsid w:val="00D34B20"/>
     <w:rsid w:val="00D368C1"/>
     <w:rsid w:val="00D37E98"/>
     <w:rsid w:val="00D41287"/>
     <w:rsid w:val="00D42389"/>
     <w:rsid w:val="00D446C2"/>
     <w:rsid w:val="00D461C9"/>
     <w:rsid w:val="00D51B66"/>
+    <w:rsid w:val="00D52B38"/>
+    <w:rsid w:val="00D57342"/>
     <w:rsid w:val="00D61630"/>
     <w:rsid w:val="00D62BAD"/>
     <w:rsid w:val="00D633F2"/>
     <w:rsid w:val="00D64945"/>
     <w:rsid w:val="00D65120"/>
     <w:rsid w:val="00D65C7B"/>
     <w:rsid w:val="00D666E8"/>
     <w:rsid w:val="00D71814"/>
     <w:rsid w:val="00D740B0"/>
     <w:rsid w:val="00D839A4"/>
     <w:rsid w:val="00D86B38"/>
     <w:rsid w:val="00D9114A"/>
     <w:rsid w:val="00D92151"/>
     <w:rsid w:val="00D93306"/>
     <w:rsid w:val="00D939FA"/>
     <w:rsid w:val="00D963E0"/>
     <w:rsid w:val="00D966B2"/>
     <w:rsid w:val="00DA219B"/>
     <w:rsid w:val="00DB204E"/>
     <w:rsid w:val="00DB6174"/>
     <w:rsid w:val="00DC3092"/>
     <w:rsid w:val="00DC34E9"/>
     <w:rsid w:val="00DC3E39"/>
     <w:rsid w:val="00DC4C5C"/>
     <w:rsid w:val="00DC595F"/>
     <w:rsid w:val="00DD17A1"/>
     <w:rsid w:val="00DD3301"/>
     <w:rsid w:val="00DD6958"/>
     <w:rsid w:val="00DE35C5"/>
     <w:rsid w:val="00DE4722"/>
     <w:rsid w:val="00DE6E53"/>
     <w:rsid w:val="00DE7DD5"/>
     <w:rsid w:val="00DF0630"/>
     <w:rsid w:val="00DF074E"/>
     <w:rsid w:val="00DF17CD"/>
     <w:rsid w:val="00DF4182"/>
     <w:rsid w:val="00E03AF7"/>
     <w:rsid w:val="00E05426"/>
     <w:rsid w:val="00E05B74"/>
     <w:rsid w:val="00E070B9"/>
     <w:rsid w:val="00E14785"/>
     <w:rsid w:val="00E14FF7"/>
     <w:rsid w:val="00E21837"/>
     <w:rsid w:val="00E22B79"/>
     <w:rsid w:val="00E2386D"/>
+    <w:rsid w:val="00E23FAD"/>
     <w:rsid w:val="00E322E0"/>
     <w:rsid w:val="00E4549A"/>
     <w:rsid w:val="00E4587A"/>
     <w:rsid w:val="00E45FE4"/>
     <w:rsid w:val="00E53C6E"/>
     <w:rsid w:val="00E60DFC"/>
     <w:rsid w:val="00E655D5"/>
     <w:rsid w:val="00E65A77"/>
     <w:rsid w:val="00E67B90"/>
     <w:rsid w:val="00E7445E"/>
     <w:rsid w:val="00E76B40"/>
     <w:rsid w:val="00E81B25"/>
     <w:rsid w:val="00E9176B"/>
+    <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00E962E5"/>
     <w:rsid w:val="00EA1680"/>
     <w:rsid w:val="00EA1ECB"/>
     <w:rsid w:val="00EB04C4"/>
     <w:rsid w:val="00EB75F1"/>
     <w:rsid w:val="00EB7B1C"/>
     <w:rsid w:val="00EC2AA5"/>
     <w:rsid w:val="00EC3256"/>
+    <w:rsid w:val="00EC5283"/>
     <w:rsid w:val="00EC565D"/>
     <w:rsid w:val="00ED6323"/>
     <w:rsid w:val="00EE31FA"/>
     <w:rsid w:val="00EE720A"/>
     <w:rsid w:val="00EF18C1"/>
     <w:rsid w:val="00EF5EB1"/>
     <w:rsid w:val="00F026BA"/>
     <w:rsid w:val="00F06811"/>
     <w:rsid w:val="00F10D97"/>
     <w:rsid w:val="00F14D60"/>
     <w:rsid w:val="00F17C48"/>
     <w:rsid w:val="00F20C81"/>
     <w:rsid w:val="00F20D23"/>
     <w:rsid w:val="00F31FDB"/>
     <w:rsid w:val="00F446E1"/>
     <w:rsid w:val="00F50594"/>
     <w:rsid w:val="00F52AF5"/>
     <w:rsid w:val="00F52B5E"/>
     <w:rsid w:val="00F53216"/>
     <w:rsid w:val="00F550AD"/>
     <w:rsid w:val="00F562AE"/>
     <w:rsid w:val="00F5726A"/>
     <w:rsid w:val="00F61A08"/>
     <w:rsid w:val="00F67748"/>
     <w:rsid w:val="00F7293F"/>
+    <w:rsid w:val="00F75116"/>
     <w:rsid w:val="00F76C0C"/>
     <w:rsid w:val="00F80EDC"/>
     <w:rsid w:val="00F811C7"/>
     <w:rsid w:val="00F81564"/>
     <w:rsid w:val="00F81968"/>
     <w:rsid w:val="00F87505"/>
     <w:rsid w:val="00F91C8A"/>
     <w:rsid w:val="00FA1EE3"/>
     <w:rsid w:val="00FA2DA5"/>
     <w:rsid w:val="00FA3208"/>
     <w:rsid w:val="00FA3AE0"/>
     <w:rsid w:val="00FA7F24"/>
     <w:rsid w:val="00FB27D8"/>
     <w:rsid w:val="00FB7599"/>
     <w:rsid w:val="00FE0433"/>
+    <w:rsid w:val="00FE0ACA"/>
     <w:rsid w:val="00FE26F0"/>
     <w:rsid w:val="00FE7A80"/>
     <w:rsid w:val="00FF43B7"/>
     <w:rsid w:val="00FF4E4A"/>
     <w:rsid w:val="00FF53D7"/>
     <w:rsid w:val="032C4475"/>
     <w:rsid w:val="050CE9F6"/>
     <w:rsid w:val="0551E0E5"/>
     <w:rsid w:val="0577C337"/>
     <w:rsid w:val="06FC7E36"/>
     <w:rsid w:val="0843F340"/>
     <w:rsid w:val="08AA8765"/>
     <w:rsid w:val="09F88757"/>
     <w:rsid w:val="0A4C9D10"/>
     <w:rsid w:val="0ACBCBDF"/>
     <w:rsid w:val="0B48DD11"/>
     <w:rsid w:val="0CFD8C34"/>
     <w:rsid w:val="0D8958D4"/>
     <w:rsid w:val="0DBB9AD1"/>
     <w:rsid w:val="0FDCAC0D"/>
     <w:rsid w:val="146D4149"/>
     <w:rsid w:val="15857CC0"/>
     <w:rsid w:val="17BA5BC9"/>
     <w:rsid w:val="18591AEB"/>
     <w:rsid w:val="1A77E8BE"/>
@@ -18960,51 +18975,51 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2036301094">
           <w:marLeft w:val="-2"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-cohort" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/2bbf696e-90ee-4eaa-b429-0d60cc32e742/308" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/604cc38f-ddf0-4649-a608-c7e6ec2ee191/9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/about/meet-our-researchers" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/1ht1VDvhYjqDgOT11t8otpO0w6xTIZX-PV7dGq6OcEBo/viewform?edit_requested=true" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/2bbf696e-90ee-4eaa-b429-0d60cc32e742/308" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-cohort" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/2bbf696e-90ee-4eaa-b429-0d60cc32e742/308" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/604cc38f-ddf0-4649-a608-c7e6ec2ee191/9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/about/meet-our-researchers" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kpwa.actproposals@kp.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.iths.org/surveys/?s=EX3HPLJEPYAKNR7F" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/download_file/view/2bbf696e-90ee-4eaa-b429-0d60cc32e742/308" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actagingresearch.org/resources/act-data-repository" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9648E0FA-AA11-41D6-969B-AA14B295FBF0}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -19110,58 +19125,58 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
@@ -19184,62 +19199,70 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B81ACD"/>
     <w:rsid w:val="00065617"/>
     <w:rsid w:val="000837D7"/>
+    <w:rsid w:val="001C69D6"/>
     <w:rsid w:val="00304FBC"/>
     <w:rsid w:val="003A5592"/>
+    <w:rsid w:val="00523FFF"/>
+    <w:rsid w:val="005978BF"/>
     <w:rsid w:val="00635D9B"/>
+    <w:rsid w:val="00750357"/>
     <w:rsid w:val="00751890"/>
     <w:rsid w:val="0081698E"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="00A27EAB"/>
     <w:rsid w:val="00B6078F"/>
     <w:rsid w:val="00B81ACD"/>
+    <w:rsid w:val="00C006A1"/>
+    <w:rsid w:val="00CC53FA"/>
     <w:rsid w:val="00D6749F"/>
+    <w:rsid w:val="00DD4A18"/>
     <w:rsid w:val="00E312AF"/>
     <w:rsid w:val="00E91673"/>
+    <w:rsid w:val="00E949BA"/>
     <w:rsid w:val="00FF53D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -19967,104 +19990,119 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjfQJtXYwfFhWgKmj0PB7z6aCfMMQ==">AMUW2mXtelKRaJ655ez/OUjf3u0lLDXBNwTNaPHMAYK3CW+KoW3ia5TgUaLO8bEY7pNl+hV4tLzMzV8X+rYeteeMSHdxlZvEZky5rGi1lzQyRyVOXzTBqp7LLkHLqb1MGUD3qu8Do7co2DtZsLPs2hafggBiGINfKjb2XvhDWdLgZcKGXXm4vC3+oykJVr+NtpfMkiyryjBVUEUKfMQ0N7fEIa8X0HJOb3QzCBKGZQhBOEQGmtoMZ1+NKqS1XkGhNt9PiFyVtwrcZ1zgQHx+oEWVJ+diVJwDQvsHxBUbwCtyMV9vV6mEPAfyczrQbUX8Vu2GGMyebaG+/pv0V0y3E+3xlvnBmsQ6PLo+FiplCojFqcQZNY7HIO8aYEuPIL/EqmfZa5RN9ZGRboPWA6XOHY9v6jUbpzopmOXJpGv3AbT9DA2O9PG50LT5UzVG6oQYXkvmeEpyHFQCZYp9DP+6AUaFnrYBqFOZTkDdLniHtN2Sr9lIptnzbbzJvdIS82RuOEc5YkwscSljZ1tLWcHAlJVP1imRu4KkNczXdgy0xMUyhocNGpwKjo2m//+KfUeiLCRg8nHQue+tKhdmM114Em6/X4THe9hz6nNUMrzukgRGT90efrnEB9hKFMsB5Q5fYQyujJc2EkkvK9NIuu/aq4U393Zd6eTqEiPthai6v/FlTihicWZphWobqvjx4tAbpvHf0OzkyPYlfvgUSMcJ5CIpHOvG7takLCBlHFLjCfv8UnQPNr3oDlEP3klZNkWoIhXgoqDSw7xfrcFtHLvI07VNHFzO94FidgTCK4PfZNaqgKcXt8wUqu1uXl0wXgHxmkIQVSRnx4deO9KmyKBs56VSs3TBP4O1kxrbbkLjhPGdR7XLCwHxg6X8dr58U+YreX+SAfN/syoPbzHV+uy3CwndPMd/xjZhL5BhgdghQjAJ985zggZfFAeDkOt4aBbbKqCkhXdPf2qEOm8uc1IkBC32P90G9wq8YrgI78X67TH/KNBfJ67u+CW47CGE6d+5KuMUlGKGFs0gjscN8re286jTfxblYXRx5lsZcPuswlql3qzTnFFXfgF3Hts7C5XO99Y44PEuX7HEHwzZV8UFGaVNyQiy6V3ZPJ9RiO//yfkdmWkcVhRvynUWnnOAWfkFWe1++aAXAaICOnVhNNizT9rxfvpxMcH5hxvuO4JU3+6KtatNtoxjM+SdNagRn8DVBL/lH4Wjh+JFugKMHNt4ELiMi1ke2gjU8GiD3Ty7w9Fxc2VKTuW0DN+y8AqaQSKjbaQcpyKpQaacO9QaLD280GvpytAc2pzwJEl+3XOZ7SUbnWaaX33DInXgSYheIygJi4n4dVD/GUDjIEWUko4Kv5v1xpF6bZoRA3zG2NBURJLV0Axs0qrhcJXoBF94km7OUGu0d3I+u+CGl3galbAFMn/csBDLoQnvxzK/OUrVPlGyydlyjHjOFkBS5h/9YfEkespXqzd6GXOq+n0b5QDldkF5FkAEJYKIMu5eZ2Z9wxNNn785HlmnvYeOAJJiYeTEhUWIjiqkmHfCOrKdhhZh8tjcdHs2puWAkRzwwuOzy61baKWDHXNDSEAmJLYtW5Lw4c/LE1JsI5Sd3gFoL0+86rS9zfR1Uh4M8/mHc6Q2AqzLdTMW2aFZJtYVvCAOY3JW4ClCfVLhrtO7Fk8SzZdJYqqTRkzUOqhtKxRzYTexEWQTHB8s4h8ytpBvMyOVtXJvxrSlSkdFESg6QJSS8GK10QtUmgZbIJKFc3zPBIVzcQeXzUHeRYUyvxXzyPCNUKy7neUDOCyZZAJYu0spvIkGYRx83Z2bktRx7/HvgyYaBbmL2a646QOw4Zo9sP9HTm3LY2FqhAcy4jkxh8YMyYx7kI/oQVLk7jjmqSG8mhH1vQSJVz30bO/tiondeRRqHjsEOPqzqMRFjQTXRJaKQyyWjd50Imjo8hTi4KTH3JBRVQAPBd17d9/22+SkBzsIHF1heHUpBzmNBvprou0/nPTP/70djqhA/8qKXYTLU3hpKbeaRSQV0CwZhNoE6TcTLEhC82d6Hfpnw5paCblNJbXGC8utzuNOeBiysUT5SiUv4+iE7gDQKeM9fNCjGT6RslUwwX8uLbkyAb2mOZbQ1FymOpGU9kI1THjW295nwsWOSsjBlGlpH1j2qejiGMNpNtdyEjjdZ9x/BKqZ7X1b/ByLKXywAo/AA8iJ7BRhosXGFAPiBzFK0Phd5NLntULXQWryr+xajyTY13hqhD6ONN8Cm2w00tNZ4gQkXRv40pGMTIjohIFdjISO+D2BzQ4h7W5wbM+MY6CLHwhVxIj+Ueh/gW7F1tP/7vcgrncj2jdvudWzug9frKYIM+qWmBZHeJN+WHYPn1Hw93pm5x5+LgXfbHkOMuWpfwOXn5ybB05uzX2oBjcgcS+yezNtSLetJFJmxX9N1VnFlQGRl0iFKE4l0JxPxq5JRp12Nax3db33CufhZVj0t2JLKeMjP47VO40339hIXEABHtm2cGvg9IiAHLlSkWyLKzl/gMUcpMXfJlcAXhPs0+vO+Isy6vZWkjS57t4SpsCHaSE7xN5thHen/ZGtFx00VLCgudMkish68+TOwe/UxwZV4kEQJiMGPGL1pamFZhSS+PWmkwwlcUh4kj4v3fL/bLgbiKA2hLrX0e3jyOChfVt9BmMT11BmrjDDxkQgatCSLYOKgFL17qad8Z1K6irMn/qC+AHrhWtVLhYRmiTRznJrl4nK6YOoEF7oaCl2rnNbT3aGMReeeDwKgdhhWYuu56DGO6ps5bPV9cWxPHapI+T183V92iRNgkZA+pokMyPq4kRH+U2rqdXHYOunvjpqGGr/Rf17akPC17p4KbQHCIi6gSj/A6rNz1Ldir3XExRgJWIrg1zihyTal6D2ETQvNDbujpqzHHO0KfWJSrYIs1GzSq+vlg9u6dGj1sjHSS0qyds4uC0J/JAyKzL8PohJ6MCC5lVZ/8S8FHEP8R6izTwTr69qcpsP/ZRfILHor95nT0X2UK9Q0+UNlONtturXnhOZ6jCDfHZ01442Olx5/CP4Kb9I2MEpC8qrkM4C4hDYlZTStJLr6RYlCl4GS2F0KJjE23mzGTrAMOIDcf0G1KYaX/serA9btqL+hoWZ3TpHc7qbkm3Nq++DPLkkD2b2si/0k6ke38TZed0aznKVBBBihMrjY28u5RUJe1+W60wCV3HoXnhKmF5UNSMrK5TF4+6ljdLq+E744jc0nolUnsWCS0vXCs6FLpBmuzfRzqi1kZJBola4fmO6IYe7x4qlIakIBPyUpQSD1VR1/19ujmLloCAvHNg8gkAjDX0qHvnii6/8/O6BcNYRaNmsjx4odgH44xGzaEF6IfXp8OhoQVyQG3sF2JoHM7rAQ2lyJhRTZoNMuPBE2zDTpg/7Nb3oO9YExmZFwT1X81uVmtvrjX66GLS7wFwyAPlL0Ng3gCQHVve/YDCBe6xjwApzDMJGjG6Xq4EUsb8AD74aGErOCeWtn8llT/oKkQrTdwQv45Y/xVREbhjhmUsxc5tqxNf4Kkb2j8zQyGPRmbdMq2+lPUw5S+2txQPRJ8u/9F9fwfdTRY8jmxXncTtEUbtKmgTYUYJbzNCBTFyUPwJxr3QDyPopVePl5N3kHp0ILJUkOWLNMSMFQ5neYLpiaFILu+jW/SZsgZ3fk8jtFXWdacV9y1I8m8iQ38Wqs/pyR0we/uGOnf2E+feU3/ERavT3ggJK1XM0SUUxtunEcs0VfQQMmWj7RDoVHvzAI5djWOFYuUQdeQiiSvEkZjTnl7sMbnjGtimAErDFW8oR8hF6D+goo0NpWG09+BVPBFFcnHgr/G3ecKjXI+oEj6vunrKtUYpHToa0niIuYbbQlh00xkv3wdvlyZvhI2J+rypWEYs6GC/9Q5LjbeOHoXPEgCnUugrA/VXmSyUDNnuFoH+CWGKwuy7xVdskS7xY8NcnpO4zhJFYmRjuDtSC7XuAG4ws9TYsud7NZvvJevzTOMSlP5sX35YqChvLl8fuM/uoRoR2tN7ORoDgAv95HKOOeWENJo0TMGeAEhnHoJsHknMSNz1SKH1qmgvzxu8/XbkYk2eB1kfunOkfdB/ytXqBPB9tt4ORzApwb77crsicBTTSdKklnrg26py0B++brKOJpn+nYYrjgervvDMv0mjCnGE8C9ZwGDBpi/rZdp4jkiqr3AUgTAy/41PZBE75+7+2gd2PdM/Gyf5CE0qh8KA+NhQOlfQswoH31AhjAn8UpUJ/RsayNde9SmyUSymB2tt4p4r4iUjCRH9XoPu+fE0Yad6CmTf6UlufeDPX0k5dneyve6q9buk9biPQZINMw9NNUSrGJrXzreY4ReGULBIseW1rNa8x0mmcpAqXsO1l/ferH8dVOss8d8hwVD2Pgg85q3a/+46lsGwZliszpjmhcn8ibn+r/Mce/zeoFPdH8ijgFs2ppzMWv7YjIY5bHkUTrX1bOwT9EmMnyz/GzdRXkrwIFLe5UzJgDTMbh5He8fad74RY2U+ZGpiVfJzUs8ed16wtJBBpGHPj6vPYUyXYOFSdOmQQydXxYLRhXsR+iiCZ2pcfRcMQwHwAn/SL6lkQUJmWaUl0GsyFnJ2fswGigOpoYDHO2Z6MfoK3DI6aACHhteuZu0uPJWpMpCVxZiPD2zmPDqmhBkkKwh/0vbBB4Nx9BlI6WPelVf3Bo5/JeSk1giQsdl+Zv8PPPHk+SqVpwbr5z3dRVSe/A/hmdyxTu1OgLaTl+O4jGLxkvFpDMV23sIX4s13Yb5tDZtOt01Duhzan+OezUFV42gg6cdMcOyD9XgNQz+ZmWheQ/ym94i9o806tQTIv1VPGCTGCjrrZtQXVLvJckkedvcdBHFtVuZeSO3CU9KpRtMizrPVVilFu/7UIHLMHVCOUvISzIwjSLhxB+w2tUmc7wPSosZ9Cb+TM0/livDJPYQFfWfdWs8423G6szmTQtPbYpL5IxABRH+VETR3cjPJPYdlZ228Ulhz20MO/jicu09wwYbHnMbLQo6KHU/kuN4IbbLddwNhPdbwaNIt49eBvrNFMbBPuoaxrx8x7IdNplLRl6Vrb/fUxnCwR5iWCwOA6KhTtGBtLLdI0NrK9T/HriCR2xrXHF91jrSn0Qqf0BmKD5gbDf5DN16XKhvxirPkVlj8RtKbbY8oLb54X5JxlhRKSLpH4Gnhuq9bLQVWLO69x/LnW9B9F1+4662/2C+Pyqe6uAA7vJse43iBpFTYLY5lM3j2jRPiG6nUMuk+fTHCwwY4vQ+hClqBiUZ8XcyKRJUhfrenwdP8IuyNVkWEFiO1DBlB5LXCvj4SbysTLg7Nq+iDPd4PTqIEDeHVm/+ycRph9MHaLl7Dabxaksi1bARLOahEcCaZ3BW98ZFJ/XZlBDYsa9yVNdRz7agCWQ3Rj7YjZrbZDm9hWMvTDu2FHZsj9Jc94zeIhL1LxITCL9aXPNBC/FnhcXGMxsSssUl9H4C5zyiy8IAOBaRBBi+Z5E3zOBPUDvjtw2CnZEBBtkL5EcgwMgjVFyg+9NQ0axiOa1+cjM67OJnb7gbRjjVOnPPNffWmxAn4DeJ7EKr+SclOpLBTVnmOf4ebVMtBrJGDizTuGdR0Z4jmt6Rrr44km8kTcmz8x1vSxw0HgWN6VfUAN3sFVQheDPyVI5p8bljTG8cda7s8OR7ejwNdNhnJ8W0usPVIgmvYmabyjC9s5Uv8GuBakIg344AwlCnwRfDylCQnjqdALERMyb9yQ5wdMM6AGIQw3zAEbbT6xqHVQFIEdG2T3rDB2TJRIoDg0uwl/ufEMD7gnXvusEw5k5ORWK54IN1bN0nvRBjvGRW2+n/jXgauxV8feoj40dYphJmtVUYLJJ56uXvaDyNp+Bx67CSspoVyiZNO02+1YQ5dtD81zu53ZD/tpepSbzWkKicYv2/W0JW2lN/4DzDxb1AIs7H9mD9qcvFY8Jk5o+X6sovhxE3ty3A6fyHwlrrK60Hi3kF2pFQN/feHTRULqfuIolcUoJZ/UNoxe9HiL8mKcU4bHXaZta0qOsuQ9pJxlOn2gqaCWi1gsFJ+Kt94lw3+EpXuEUKOe0EVvPz0pnSDQmNUTIwceVkUP98X+36f7zIk+EtDqOmBRb3TL5zve1wimzbbJlc7eWi6n6rO699wDm8mV0230K/eTuIL+vO8FKvWJ7X0B7RIeL/3v0fS1J14Gbnl3n1YutPjXNOZZIGGfg0wVTVGmy3mmrHEnE+MhVRyT5AazSlwv3edGsOxj4MZ3Jok6KjrZVVsd15J6pxA9NM8UxBZblBIrPGOsfu6HuQsQyrmUQF2jB8HwoOQvjq7Y45XK/aHGXyuuvJP/3uNse6LVtmyhVJQMLq0nip8YeGCQLQpm7bja2z1sPNZLsCIS94umDteB0jW1G9Fz8qa5WcKeGJZ2avCGi6oT0SKtU5tQRgegX89/I+lkAaWl6oRrA0JB0QCSXh+N5YFtWkqaqotY9VbxYPb8tygfZKxIbDXpr+ehwyIm+M9O6FRrey0uQQ8y2Q775mD9pVKdM1UtYf9wCXW41iZV1D5pOjGIUL8MqHwEaVOV/sKe1iM7GdYo5lAyJTIdcvhNfwnY7CC07KUpoNZkHaqlik/YufglSUdt0hDw4VhO9WtMVJ+oMsH+Z+o1dA5j1t3zQSSZvHnBOzwUtR+wAhEsXDEclGPXLWNDCvVQ32YduFwGNrlqs2PKyuJg/63231D7tPEcjWi0zzF2U2iwzLI7tGkRwfosk0BIFWTAAb+SPlD87oK39F59y3m3wOZYr/rT5sl2j3p6af4W0qI+l+AA1wPGD89Bllbevfddxus4xcz050lagdL+I2s6I5ddaiiewzL6ATBZjqcuc1yqzs9haN8hVEq6InwkpJGhQmofan7zBLDXqUxonTFTDbGPK4og6qw3hnsv8UQentqSSUNTw/cH4FkOBcImQF67qRQC3GBcfxo6wZ2cFz6yxvMIlgEHMf2kl+RvVdK7NIinbq4W1vNC1h7KKyeqS1U3SsiHBiGXiOdgU8Hn5huEbAh27uy7DViv+rK3ol8uPRiTXJJuLt9gcnnXsbL6bo/2kKSLifIhvdGCstCa0truUg+hPdEOaj/FHOewhkPJsdMk2ys2faahBknl6m6IpX8+pp57lPO3WldbK1XP3zXRgnT/0Zy+7OgFAjWemXc7vF9KYqvFm8FyW+gE++serRDl8YHt1q3t+j9C8M/ARHlKelaMdYZhz6JXujYu6ESuJCFxUVCrUoKFUc4Ljx5V0Uzz6R9oiWhtxEk7LWSQfBOX3//QkASOK5MCA593unTrxikJH92q4FtXvqJe/nXwpni19CtgZDQW2M2Ju8ob17hhNzVeLfBd1UhDGsbw5NsnGwlsc5dIWYcwPK4COjy5QmU9FCanjflnUjhkkKfAtaHBfPNmmRbw8EGjQsnno/7jbGTxjwaIEmxZ7uIQdryGeI3KPhNshaYYlCDXCuoi2mHkoj7lC8ZL+tpUcY1dXeQWeSiXDKnXdcd5OTKYeJY7W/Jjnv9ofaEGx8IS5ktsvw1Lvoqj6t1ulJefJK4+VWy1cOn5lBA4M9A/slHPrZljWnRuqaD5MijkbCvXRp/NAPBIsZsmZBasJ6LBFSPIN86/7LzXsU0inPemO+GEJqNViPFepS2tg22+9q8PLhDiOY38ttyz8s9fF9usrzX1keHtj19U9sf3Fi2nVxaCb8KT682D4Yin0ly1LqAIt8saG2LH0jXFdX1CiYGgzaosnZ63+z7PUSd85w5xdbecgMiT0Do/Gu/SVcuwymqIpA3vw03blr9GxAUAI2VmLfY/+4RJtgMfddcJbNbk8bdc9JTHkKdpZc8VmuKnDYq2+6Xl2bJd3Hdy09TjZ3TohfLw7h6sffgmuPAvjWG38wpHyuhDG5WAb0QpbacuWAaYGPtBsypxo8kgw3EPjDZaiHzL3NsXTU6dg9DApP7cJIE09MHLbBj0k57QcnsccnkujP+mRS0OHczWQ/26UNgUq4cGobQ/zdx+9/WrHLgB10BHjRbljTMeQZv4thz5lFGSDkrPCYrPFDhVGYQbLUQ6kfA539p8wUbLS8MBJIvtA87GTcM0EiOAFuSUUbK1odxhhxFFzjRQC31dTrB6Q/FwzlmPhW34GIhuWv9wbs9afD++7d7/KG531JT3CNZRNk54tO0RMXaJ43epzoFNpaNdyO8DhHaeCHwxzfRTyMNX6cl0fhYGH1oArf6a3nTaIjHUq7+i3lzTcc2sj7jIiMi5cTQ/M3m0aGMq8dOZoNqYtaxaKNSSfUJuYjRycz/e3bwQtyclGBBlk/h9w6ZM7mNCY31hWpw/nfTBauIckJVam8TJhg8JI3CmJ5hxxkiCkh6Qpsl1chSK53VZ831jy9+dkQZEYTfUnsH8ItY7kyCfbGJpB/VURLIj8L91q+CmYtQ+yxbAFyzIrqfLH0dI+IT2dhHmw2Q5C5MkkY/diO6e4wL5cbH6MFg65/q/53e3Ju/15l+asXnK05EQzV3gr+B5BbnNpWIp6TnjXjAPEI8fD4yHfktITwR2JkDq9dvCpoq2shrPIxd/AquWEMWdasKFh3ewHn8DxI6pvQpmlOa6FeMbZZjmWC+ZqYyMHiKC5Rq0/36jpXQu8apR5yUjjD593SaOT7G24aHiEjzgPXvyw1lRwNFBZBXl6J7O8B8I8gsGPrslVicXiS5yPeHyOKvMKVw3IPk7+3/75MQem0VC/1r9bqisBrmvTFjAdsdQnJ8JmFu6GRKW0eyjOJycfv33nCT6oURj4zxLowqN0lRD+yho/tGhKxgCZWPhytcsq8xnyxXoGki9mmf96oG8AdbhdbTT+afY5+JUHli1OMsdfc/9Xj0/UtfO3+4X5AYbNgunHNvyRpz1R1XuhHYLcJgez7YIzIgP1s8U4OVdtf5IxEKV8O2D6zfcaapzwckziTxFUQYyDV324TrCcq0J/KfoKgApTIw28Id0CeNxxPKcUC3LYRbkMyPvjlbtds575fcPK35n21JUVQ4a3MwexBziiqMZFYYGy+oRNVq90Jnow0ifr9WhFAxru8m21xxRJ3TsQwFSrlQh+lpPsHuxGLESRwWwpD7RqgYVybTuMLtzLvPHfNR468MxuSVRDorIJwGZlKk0Q3KeuUfLZ3KePeL15nzi8sE9A2n0Dhgw94vN38xx0LMrIHEEdoA1uv0Wpy/xG6YMIMgRd9oW4qEfk0Mz7BnVJ/2PE+Vv2aZgANHD800zUIer2v9m2hkNx4iL0ZuBJfL4eTnK5XjHNgZz18utmQh63/i9W7MX/7OK3nDOaukUzDIwSD83dmXCdWgrBvnaPicXjHTAOabFKJogiSMhHBTFHRTrJ6leKot4rpTsWBEtRxcgHbowe5lWIt2H4E/JpS+MQZUEFe3GLIbAJ/xoXhAlYNdZAK1dOCZiBCl5MeR+RC+cRFaXF9D3yZy9scxCv1/6md+l2LMmdqs5YONHSal7VM4cYsZuzUveeNBIqAv+xYz+6llJyqzG8Ud7kdwYU6BK0z7fuNGrMcdBva2AYogHMMIcGZveOVjs5l5Q4xfbM/9OrRXA4P85fuKxgy67jM0RDAgLW3wxkceHpZ9SthJ2WypsrL1Q9u/JY9xK5+GQ00OOSbn2yiY0ep6JBR/TGR/2yOWokguysbKJNJCVUNRVf7QLg07xSIU11jU2TbzKNVtSacPIwvmzQ/vC6wG3txSTG+hIPTZcNJrGLkfs9NMctNTKFaM0sWBbaIyoLhhF6f7b1QtCGXjJhxCZ3bko60CdWLWkRp49Em3k9w+mBk2neUI4fqbs5BliVpN0OQaUbGDgCI2PNLJ8I/XgN5zLUsBzOh6qAKkEHDbm2jVgu9CEQhWtEkhjk6xRIHC3x8ddQqtSk9KkeOBd6AfJvCunZOphxugBytdwlkMJP3CgLl888vcT4vCCg+RQj43/g9MkMXXdi88qX5Om3eEpdH9JmvvDGnwAwHGrf2yIH3AyAUS5Kvzqn2ZbbNnoJLYSdTMr4oIfJyyckz0pxG1xyRw6p1rmnfU6YvEK0HZqhzdldwBYElJdHs8s2s/I2HLmfQ6ke7WvInzuozeSaH+hrqygQHPjsGOTwRtjTE1VtGKaQVH4D2FubIHVsH1as0QT0deKPWIi8+3Z6AApxFcpqJCsBfr/84yb0knX2PZGJi8F8d6d7nX6PXuPGtqWeRuNu2bXklpnh2p2K6ZiE6YZVInbdu9n6HtufuRB2i/QF9L8allSnZggmp26D+jwkUfopP5Rzx9XWVvY5dyoqf4YthHMxJgbG+HhVIaK2YFrK4pJXSYlc1uSsVqLNto0dzBmxBTJHpi98Oxxl4bpXThNEW4VQDSMgp0PU3LQU+lHGGMRfOjMZKkM1+4IJd9io2gM+CdXf8c3xiNrGOcsrhQinPQ6KqgprIXZ4n1qFN9HyYzNbrGy0YM4cE0Ze6KV4hv6kqL6x5nOMiZZOiIRO/qjRJRG0yBHWauOtwSCg1Au9uAjdasYqj4M/YKhnbwokUNrpCZa6Pn5kQ1CSDJfxZNGLf8j5LCWcCKnwKoIp8XMSZAKWvCCRmLNzPJNEjBD7Dfy5vpemGgHn5BFV+6KhJVFCufR6P89r8Ro9WqSvEs9W5oCXk5kjJp5NpoKXarHZhG1fV9ruSg58evPu8IS6awmy8T+t+f1DIS5B4f3lEUnR1fxP/cecW+V5ehvJ7s86MhOdw7+uonlBnQS8GieefuFSGuACEVR0VP/Ill4GlWFgeObIaqIlzOdgeU1AZX8THs3DFIFlnTZvmGap3WCD3bSQYSRuMJRjAPUjVIsYYtr61R9/9/u6AcrrvjRIGmU9BvDtiuu+t0IaUSjdAzDBTe3xWJwv4JpJ3nO2MxpU7OQezr1si0RHeTU5xLh6q5pyrbDyt/uC7fe7QgGvupf44Q5bPoT5GxK56DAA6E9TmsfCZgyz7PFosdy5yQt7uGH0javF2XJTXjdj0jWnemKKT4Asfia0J1Igvo16HHbofu1hXNyyac2quS/GN59Os1KaBOLS/3/Zec5UcC+PRJOQtAFLdpz7KHHdcrVP0aRm3Sz4ZzMgSJsqEKZYXrV5sWHV29e9TIgOg0zzUbNtTUGk3UwI5bXXmlnZAi7a0ySWPOSRD5Qxpird64cgQG95T3O0CUNzs7wDrgmTLo2/Mt5538E7ymuI6wsRbdbc34R73CZeBh+ohwwSUCRtJSPAleLEvz1pG0TujTwsb2aqjDH4cDNk7yiwg9gMyMBYiEjFommoHuMj+sHJ1Ay6E9tXKBQ7+gex+dtaZMyJlae6CZs+ccsxUwXlmHAn0v5bDxiltWWDq8T6Ogvp2HXoBPulK7cc5f3MxGmQRRqMmqCH3VPvnrzJdPuswvtylGqB3CSnzbcqXEyZztQvrdbSHhGx8OYnnHs8WjYcPHQtnv2DDpCfXNl1ECzsZl0jLtB+CJUnjvTKCTvv66ltTN4IzI9gSUWNhjHU+/OAflOHdy4hr7nvawZoXPqAVSpJ3FYTqmWoEhhYuGaJhamIGfits0jnmamc0TckxpaxVQuMGJszepQ/lY/2yPC9Extc3jocbWnK3f5F+n4F04UpQGoWVrQnrYCI0LnnPGnhg3ULE+XEPhlVzWRJB6nkxe5rwcnK6xhxdP/AuSP0BmyRyh21KqqykE3Rj9OG4tJN4tSp2am8DrjObhJXxTAFIW+r90rGw2wYeQFOHNuwTo8OABhVKOEAYk01XgjpijZ2uh4cbvAFjmbPKlqfYNeLwSzCiDYkfwYGI25yyEWwz3H8/Po8LLICnsoVyt4DcyQUQobwxQw7KXEm9c2QE+GyDfTrSbTt+O/G5o+JENi2nmxLMcb45EWym9l5JgPmLnfQi4LN/Z+/5LuYoEyfWEvDChqf5sgld5PGBZYli0jZ49I9z0AbJvdEl2OpJvxc6/1PLWy1igGio7ysTlQUwyGhnW707IbL9CoXwM+dohLE7PrUhXZLECotmYkMRi8DqhmjoHyoS98/tDDaW6RTXTrxx7qzrhkAJTpCKtEGtj5k1CTv9OM07VsyfGrow949nGyLgiyTyXEiPCJ4k2otyAB132dhp776915gHdLOiYI1z4yz//H5tCvJufMyz9pME/+xijHE0Q6l5zvHS324WmjVgh3cChqIgo64+KccTPi2qRpEzTmerN7m2SOYmPIkzw7nRoIocOMnFYFoBDd/VvDpScM/Moi1tkYXMJFmUjTQlG24bS2ukxWO7WtfMn8lWlrXkuowRm7AJib3hcBnYXnRnus32ZXMONMkRVRsgDRDWxN1u+OZdCjIX30FcqlLtLAzg0O+tQt4fdwzvRvbbVmUFkV+lSNyuoM8vEJDh2yQHQTFgMkh+1ZqcMW2xYyIFIWAfoUbaCQErftKhfyTAvoDgTWs9sgIgEXAzSwP++DnV2qfep9ccpqXiQp+7lccWF3KX486yn7zIDI3vBC9GQgdS7KzWiDgRsXZk0LagOHfp9YBavbLvDSDPHJgaH9HyWQWR6p2WuCjR00Est4w3PunQqvUr6ANTh/EXP/g+ooSjdltkjVVIsRivgGfV15MZuNZl7hvR4M+M92/tlviUxOgnmeHNR3G0zmvjNjfARFRnCeYX28svEp6sg3r7qll9Cg+RGDUeTre96j2CqvHBLARaOaSUMsqPeSLJuP/9qVMR2L0igtSykERao8IEYsbaQXBJXRQ4/66oko2ZS2OrE5wNMn1Qc0UwcepYw56AYy+WEmVdDwkMZdHGsDkcqBUv2sre08oxcnygd3q3LHPmJ0yfaLYua6HLoNlRZuOGn58uMIJZo1jIk7njVjTgTeyA+2lXOHQajAt0v0/lxuaikMcDU4iqDQ8N7eUmNqYmyUEvBU6tu0ERLMWH9GxEZuv3Haro3v5+Z0Q4EBg3zaDfFzvq37PfCeXb+hPdb4YrcJ66lK0a7aN04VZOwDlTIEN7AYcTEgdeEVK9+T9MaIP3qx7ZTBSRaD4houKGjCP7Rcnnu3sCfNyW9B4P/2ehCxDpByjac9MiBi8Go3M2VQFpbpDWRgdLm6nvWUO/mF4GajrQD7mNp3PDGDppkQhKUQvCn2iVuGhcaYLHy9Wx9995wFsloDZ7zMHrh3q+GLb+yUc8L5RCaOCua4aUU9bXmO5yAbSrJiZFJ3TSaLRXQil8VuxAgQvxi1C9D+mjEAUvXFbozOmkvx6ov8MdVZGDl85X+N3LnKsJM71AuZ4m75/1pXPniACE9N1P2ClfhDNfDEb5rr8FGxjWpKOgnt3mAAm2DIX+GEM6aieUjt5ys/9xlNnsya0UseZlxFrsa/Mp2FOu2+CajuW7boOiD9EVcaW9lkT8WmihfJcM6p2/9xiZrttKCucLoOMXCzRNck8lZbJXPTxqrgjPZ5P6DKZK1AOe23oeLg6EJK3LRQ8YqN2UEIqmMZPTR+mVZgxG+ghyIbJn9VHt0Qt3xTdo35L+34KWS7HJP04uxO8triJjLwo96jJu4tluWq+btt5vdy4QF/pH9LKQlpL5PqJHffNJlI30sQQXQtv/Jil7rTTymJuAhUl1A0z49dPuPegem52Xdc4iDEOX74sYpougDKf2A44QufAZLUkmEY0wvaE5wLMz98d7t1rG+2LfCElv50mCZZCcDaJD0r7BTlNUXAQlOEaQZ6nSgw8J6omar+mbGIbOCcHZklHKuAM0/+BhliiiyAi7jf4eGJjVp55mk2/geKBUxIqffOwklppY1YpHI6ZeYVEja0SRm+GDMuCOqlk1Bp0d5KO9/H0aNli+YcCnh1SadMW12fuH/fBQSWFL5mroBVj6iOaiWoWDQ4oTSZTEwK0Loe8LfmUJ3J+FeBjNXmPWGMhvtqc6sjPHkOTjew+cDDazJnmXqbcTB7Y4mtF4QrCsjwCs2bQXw3TzNV8hVrvBGsKY8shgZXvGps/Wd8GAFwTdCvoU96RrZGOaLxhfsTvCpsDNNOK88aJIqwuNqCjqKUd/hnHV0QfbwSoiOiiUxoz1zwS0emDhyMtWrZGWr5REAcr05Dg7etcICU0dAZahFzYbxBmc+/IxStu2lAWzFq0nDgUtRBz9JNxuxiZI78Gq3BB+xUM2Y2hccQOgIBR+t4HMZTy80+EsRAQHy3KX3ibY9vIGKh5z719QDicBcyYRDiY1de+eKU7DAli8ivXgn54X2osWcPHsrLf+AmRxdwgVMv0cGslRiV8+SIgz6tlp53OkVPSLWbBqdBiATkqapBzR+q/v1YeCSY+TxSqhU0z3BtiXPfYumgckO90Gv0qSWvpV1z44kA/5TxCd3k0DoARdgoz6/EkDmuykoihPju5Bttlc10JJuTKrp4va8W68HTK6YTPnRgHBDhNd4oznhQ+qZogMSCc/D17hrFRpFdbYFv2ZQyhObml/eNy1duNFNeDYsPgxJArkf9kzTmQ10DfHzfzzmHrqONNBnhdR2JYCb4WSR7R+tK9cfy2LPPlKGnP/OBZZamveS5shZWLbdcDlJLt0ppW5nfVZ0F/ykcv+LQ8JTym06piXaOkHnnnJrv0SfcZ5w5JWZYZpDYOW2BWo9lqCb/lZV3YmGDdkY1P6Q2Lc0LfPQ/5/lVwHxaOgmqJtiAoqpuVyxG+nUZ661v1g53O8qNckY+kIZ49/LbMWjfZ1pvvMi/zH6NPzqZVg1oWAE1eQCvoFph+1zcWwqgKrNV9IUr5UBgjz6Nqp737uC/HPBPAa12oqYWDYmIDHkJFitJwHI5YNzBjAl3IFBfvH+IYloEUnY+3yoB0QF7TBNNPOzEIAM8K7pintnWnieoz8eNSug+ZKO/yDq/4x8Sr1ksCtjV+T1a1p0p6Kfr7cdbsp8vO1lpgD9OHtoq1AhpMi8H+RkBJHJXyh8VKAKaEK1yffo9aiWGEIhYJ0pL9FcI+3q2sY/Z9gMq0n04l/MtZBm/q35Iemkou3KDxc55xgVPOTuj0ZYsh4f51xNsxgJeaxMksGqvGul2DFp9Ov+pVotcemjk96kM+SVNQO3omRHDr2nJanqL23R1L89J11F8rfDauwWj3c4iMEWVygCvmIR4x3xFC6uJK8t30yB6N0yDiCbBvhieVo4Wj5BJQADiIAP0EvSSiIdqQ4CINlYK5kuuKIkMVLdulNELDU3rrOL8yPSBEI9Bxg6ZVzCN6HjimgaiBWAg3lFuW0x0MzyE2drszNfpoe6aMW24aluk78JPdSyRkd5b41zHzsvvtMN6pVPcwNDBTFrkDgQGCkUa+cu37UdVEBQJyBxNZZ6eLR9y0L8R4zjzJoDGz5MLSIH+FjJfMZZ0SoED8qftszA2yYf9xItTHUfQxF9I8hGeehct8+M8wNhe8K13cE1Vo/pQ7FudpQDWZl/ZN9Fgd1TNbDBbCJaiWIiGkRk6cJBnBMDCxfJxQRsE5eFKPMozIuqVhSxLa9wHhOo8v15Pw4AzcqiaNlWaQ4cSFuZE7zjg1Mbz2izwAei0J0tnfAIQLt5GmWviyeJj/4R40TFaLXIQa5pFVlPFYnrdWSaqzuxskT2YZK3oE4zcfdC0HM8XclZn3M4ixX/8EmKXZhE9A6A4iqSorKJyv+BAvtW7TLwPfKS+BQ7KOX+G5fb7XVvY1pqTOxwji/k8gBRKVMD0mcM2f5rjP8dQkZAoYJwVIJf2tZUGh1reLGs32A3mB6RASSYcCBEDKX8poWHiet1R8b865aVXqheJfL7ua9hbbP36R3Elvp2zaqyTjWagm8/tZgbXeXRWrfvabmLrY8AFbduhrH3Uo/3YmYOmgVK2000/Nq+ledo9xJgmboxgYb4CrRdwVZZxN+AhXumltZsxUX4gGFCIl1UMTAoepDEunMcL7amj2h21+YqykbS74MUfYjVeiWyb1DHoUR9SeSBAcB/THEldScDgy/jGOCvJEpFOPOWY/1h4vgSzpW2sIpAlp+6Zb+92PZLxsCHHdNS4+AQ3G3EtrkbOpBz06TbpDjM2he2jkR5BdAY5/Br8vD9vu/Jx99NzSThg+0lCiroUGMU8rciObwEf1OuCFIMxr+qsVuT8ZSc3cf+aQLZKYXc9OHBVRO2PF9hyp5Y32dbfgQEwn8T9A4F7rAgmmUZdzReSpf7Vc05FWdcE8EoWSZ5mSlBVS9x/HsVLpN+G2ibzJgzuIlOZTFdnGmRp9Q4zHd55gmSPOQZGnE5K1jEi7xnDZK/3V9rCg0PGA6dhPzr9DIa0BWUe6sO/GYSVUPnQDr6ePnWl86oPxALggpLQ5TbmfWZ/KCct5lhFGRZ3b3Zgo2Hcx0HmM7vkrqT1oEy08fo8QPtCTzvEaNDuPdsPvKh5r1exB+C9HiBDq7KE2JHxKk+2b+N8NzMYk7dDpp1NlEs0+NrrQJIDMHK0IREWjNgCAtYOMqJmGkwvf1fVubFicFjHMJSSibj7AmCoZTjnlamWCrOvBZxIlA1Jwxlnf+aWX2UGheD1wes+guNGwKE0gC+NpH8FYwEQ6Z1FFCbeFMJ000rHOzvB7AXXH+NSWDztZgGaYu7SvCBjiNE1FYZnUot89VVhJSd+vWCnU9dxfxtd8gM83hxBvZISQAYD+ld1qDiwWn55f4f7dAQFdgNRleC24fxg71WyA/Jr9HO3vhva8InM4Wj0qDHJevv5Wrtt0bkUr1NAzMF7mnkiL30ES67EW8sLBHK3RKWppjWjaDEsI1ksEVpMbMXdBXVXXHLNAM2TMoAw9vQYBT/NlDyeWDerjpK4NLlMYP5c/98x6dObUNLfGZYahhiCc6ab0iYMJfDEV2kjaTAHUjGLhG40DlaiggOBodYN3Gt5xI9Re/+22IG3tWvENHTmj0pQEy8KHgfeT/X5tflGUPQg7F8c45ExfPhI88ptd9RYCvEY/z+1Xu5auEJQFTmdNepUPsqcGSZYfJh4k/rR/3VChcGwYzMWEX54Jk4ot5UME8WWk/lLVzjWbz+Y6NuwxaQy5UUXLia03q14+5aOTTPcG/53OMZ/M2Q6c45rse+YKq4jamABwpUOFB7CjumUYLDv1gtxldPBPOAAtJ5QCQoXpqPuNkds1D4c08BCEiMannzPb5SebjScYv4J9YLEqaejjqJ5PQTOkv00A3Ea6D03AA58A6hTurQJFfGDaGt6pPLo4V2JZGUtk2gIIBh4/vb2LVnBmIZGfFI4UaOlQmaId4ErXod0BlMHij5iyZyYXLrhG1iclH9z/5Odro8gZs9/XecQ7mhizMWwstetfVs++FSz2sWA1dqm7xv7iz+7R5qFM67ETPUGKZz9iehJCkA7KyF6vyH71VcuLhN+0/njIIfKdwsU6zejOuSSk6owjcdzaBuzTGF3Vf+kjJz0o8DqQOvrAFMGYoF43U3hcU5KuIuUkjq63O8X2l2VBq24ccw7/TmEkt9bm++YXqYfMeDedqgYT/zCNUzj+yF/fQtqjTMXG6vQWapUY1LGBdmLL7bhq4dmdeWW0caHHHiFM539M5EsW0SHa4dhj7nNx4n5/0CPMsTbApwyB4076osfnERXgEz4KYGI59seHbCLpiQYARXsPudkG8DYj/xJxXH4orpOTYFD4JYH1LvNDNus6No6YAtgQnG0uX8X+ZtX8rV8QaJVHZvj/AoOEv+ucQvoHvnM9MK1L8nMK5zDZNnH7slvHfDO8fQOlplCbQShsEKEUcCiFCb0TpbnEPnmw9L+3skP4lgJbl8Lug5p3f78CtgpjXAzqrtHdg5toKvGi4LXSfIEywak4EbP0lq5Tpks/IBtPQL/PZJVxrZEnxIpIiionU5NrNaUw7e6mB8byxoRR35/kCdNySd6/WbOvPpjzJJtv2gNvYvOO8qxb21daQk3xyLzWdfjyMiLOSup3oKtTxFqMhGuVD3MdbdGvNl11p+9ncQhfoYSKs9mRDUXOt+ZvnDArWDM9Af/dVq83Dmhn2aqel8TcU84QpWtDcYL51PCdXUjeez6wSCZeJjQyp9RDozS7fIB7XbsyBu36n2qBi+z3vOC4/Pwu3DANEUkL2Se3C82FlCgDF5TDtgolvT1hkf9qDeNGwnZKR6S04r7vV1WqzY1Ot9wX2+UJCjsuO2iOf08jqj/ONaEW+XkX0EM+EglQHnfTt5Bfw0xBp5iTe1hrxoGGEXm4KbBnRLGHS+919Tqg82RKuo38ga6Nm/N/ta3v2lkAqRu/tGolXtPh9rX0csF2YZmMcCtSAyXxZfzWbeIj8729qdWH0ruZ+EfmmNFt+pxNPlqz9QXZZalS0/EWBjhhpxyXRkeQpHgMWeD1CfP78nP+nnEucM46XP417YlY2v5Pvu+Sz+bk8PURrHFLScmIz+i07d46eYv2rK+EZ52d+vTtpFtIpabxZWa2C1sY+MRAl0S1aSk4oZdTrLgOpNBQqJCdn4sk9XmFOmoVa0uI4FazE3Zi0OBhn+i+F9S/Duahcd0C1nr36rE/qN6dLlCRxN3UVEc1TiefQskVYwdLcLQHKdspag3CxKePtMIhGqWBsldbvkrwUzX9LFt8cVNjr7aScLbx1isED7RjZSQ25ekgieUvcUMn01jI15mcsjhv/2mZTIBNloPX/hN+D5wysEqWXFEAspTEA5HdXscVUB8olIdduVfTzMkec9JORVD99NE//4BVdWWI0IfTYBSsLc6ixhSLZ17x9H8FP0S6u6QjH7+7j4pY4x2v6yOa4r2okkIOb0S6qVq9fZUPgjxUpukP4zbdoKMdu/Xe0ye4OPayUJgY3dfMPqtyNKEFjDeapFLNG/iE6uVrgXtWQdF4BBxPYKwywIvx0I350kaeXAsRaLYbgHDZAaiILUv9qq0eDO0fbuIxalym7500lf1YZXVo/D5OO9j2tshRH+8znFo3omxVPaC7Iz5UHwdObogllh5WOvpQv1rNG5BnUdwWjBvmmfU0toCfbq+1GhWtpIFGL9VIDgzJwxONJ5GJeoNasBfQr776yYHw+BKqvKkcEATPI1jN3GxJ9ePJyNo4jMA7hoOkfxmCApTMN7yfjtI0N3YTzDBVTXLjH3gW0GxXOgatWefogSbIzpCkiw8acs7Qvx6bAaf3fcvhkPvIv3p1QWldsWUMAM/F21zjWJdGpH8y9oZKBu2oz+qBeQiwMx2kgy3sxT15RqTmKtQvfE3fuUpuMXjNcD0Q802Dx94ilLaBLkqphLyFwfXqHruui33aKSgCXJC6OtXS1G0uGlAp8spiXlFm/UepdRkC7NnAND/3OMlMpM86vemWKekuK2+d4H6xNjSTOO4YxWtiZRZLTvN6BBGje2vfNZspbWWD6QJnHpP8iNiwEIYmOqMmxKN6m6BFpCdOGsZMFDs+qZgD5Hv/5y9uHJknsZI5wetc0Z4JnSrf9XQGnXyI7YFL9w2sVwNqf6ghO7KCnh9Q6xQfzRtsiQCdVm4EZV4b3TQyLtz1w9QXgWqMoAi1v/be2k/6u9imwZjHG6rZge+7li8GYo+0TLKJ+CF2vI3tABGaUuoIfHSpgz3nsozDrPV7jGfppL1r6XdG8UfroPU2C4ybBfi/ra2JqrjYXicnqoslrrl1AR4PpRu2nEm/pR8EW9ol9wCFKjjdGjiH1i3afiUqeTxxs1iaQvAc5FBZ1cfFFkybFkVXr/YSh1FcwIFQ+Xkjnr1J9oYG92fkDEI8saWuaj2ZSuNZvONQZIEvyaSY5s32eW8NkRY5uZ8tU1BOkKlKugb1VBVsyNfjPLJKtY4p4t7ZH9XMVcUs2Imx4fqXSdiSNB5cyTpKNVYzZGpY4Gt85m6vX+LyxgeutOYjjxMjsaIsMmCzFTSwtsGxZL52PIjm0kT7HFeZA+7+1Ey9vlSPl4lV9Fjqzo5eq7ROn1Sueq1CLPY32o+TxDUIvWPCr0zBlr/6a4fI8ZClmyef22WMlmoBbPWdNdVu4Fu58UX5ysYiV0/75EWRqxu7NkOf1vcbHd0Tskzrp+70Vx2jYB/1G4Bj//5oO85PZ1/zGkot5Sr2fFxIL0nPf4Z/pCSwyFavq488vKsdm/WDBKXgWTKhGNfs2vauC3jxwyEm0HvoM8F09pQs1r1qeYb+ZxwIKuDUR+cc0jlrexz7wsWo1TLBfnFEsOE9lvma435riQSvCgdhgEFAb3g+jAPgiWjsfoShBoSZmPJgqd6oxlh4gAukTPU9DQeEHfamsSPDtXctgy9zwA+7fRX9+DmOGy2VL3sy7NLkhL988K8XR1ZUbjiMysqRbYaw7PZMQ9roLmafPk297bJNfrUbl3Kpo0XYzICAUSP4cPF5lFnRiAXsqdYAvQ7HGAIf6w1GjyYKI8f0tincV34NnIUWmMSJogzwYVfQ66+Gbg0bKU8tJ4lqt3m2VcWcR7TzBC/JvCcoxpIX0D2Wp2JiNXSuYw5rY21Q01D8JkXIqTR3U+oeEXpkoSwEOOH7c3mopozkZynSm0I3jhYYGVmkv298/csP6Qd2FVUjPYrUkgBUIpmpKxJzC0kY1lcl+VgbN0IWXiUJxEMjDWM0bRJMDAmTIi84CWNzBgjraXBfSSIC2JLzdtgst9z6vVAiU2mz1ygUPW0bLab5/p+ooXHeKdG2Jlb/4WxhvJHyzAAWdguKXFzpbJux+2rWesZey+C+Kbgn5o8DEcrCXSPcqAGrHM/0tZgrZfoMyZ/7dPpD2j3743yBuC+TP+JH9JN7wFhJSF35Dl19e8P3bRs+D49vVoV3igvAKYA6eq5cJ0F3XlZgw6NiR98+e2ZQn8RlNeQiUl4LGNDdfkgWssDzJ/qR0K81ZWdRZ4KYBgz9jEwElyMAnhZuBc8J9+HVTD1R3478+ZZTMQF4X0BovX3mYZwkiWVz4wfQrrrSWWkxRbegwdUfzC8m74zly2VcFGU4DuoaHMuKWP4EEfv7RhPw8MFo0lDp3vAxNcnKu9R8FxKJOnmSIob7VvhgL5QdHtvooYNERCMcyAqX8Dqv3xwEC67yF2+lIEnR5wQby+NZ1GlIrgn+ov+gkD1WDrnpDdti58cuRiL7qEYEfOeGbBrC7r/0umQSkmebZ7NdAB5bKxqRnv+dMX+sDHGh3EIGRB1MNKqiAeG9U99RsFdPm62k4TBe5N5Td9mSAN7/z7HT26V5lQObQx+XKlPd1XQuUXpG6K6285wODGaXQozMMw8UZSLORlKvvKU52pryU7RKpNyMfcMahns7QJP/fUANvmJuWemwpXJ2RhLmyXbflXrioaJtwCezhycou4PRIZz9xU7zxRcoH6UYVCecDt5A5wM/0DbmdmY8WTE8miGL+4Eoh2knbJOVXJUf4KE56bjt/Ww0E/flnWkQ9TsPgKjMqfvnS/jVAHFl/g4nxLgi6zSqZtATxeQHyGkmbGOp1Kmw90BTXt3Espc29jXi1bpEEpfhQUvmaINFMY2SXguaGtrdqrIEbIviELYmFz9fz8rFJCV3uTDkY3OAyM9liyYssr6ZepczP2+AArGQifoLNJoK4vqBWx+3AkElQI8+zUeBK+Ffg8Rkf5iS4sqwWB+rWx8V8Q97ZqvDTnYqJYFQY6nlJVEuKtMMnbCNeK2u7XAFj2Mt54PCCukD0csV2d5ZfeQ+gfFOXwykcvvGRdp38kjegSptbGMAqFZ/k82N0lg9evgOLV567b07zRBR+czlT11qJQLXPkvbhPoRdA6AhyaqdPcf32j8jNRVhdwE4WN4kltAd6EJA8/AIkmlCAYf8mcJXOgPbVQQh8naqz3LcG85bI2CPM8fEN2WQaXnjTAcQPLeKV+yghKFDgzP6fcaiaBZql8nDb/98qhfBB+DMKf80tljsVL+PQM8/dPPELpQiBJHfFGOeY3qd59H1dJymb+W++d5olf5t8P1b93yEajWys1uZn9HAY+aMk677BEuNWB0mvVIkE+Q35L0XCfQQXVEVAW1wpMVMgqnDbUXERNziSBYn6HNjnn79Lp7IY/honVU5Kj9LYwo6k8kYnM+ebZsMjx3lxaR3EVjIQuYfAJIaKWoSw7Gh3QD97w+e4HCdGFsAwAqvLz2g6R0JEb+cjj0XeGvTkihqXbSezfApoUQOiMow6JUYqHieIZZjs4AhaWC46QyeieIwwg2bIZwZLcSqXYzcMXHq2sTjPVMoPZ72wX13eXvENVQUqA8yA+yWaJ934rabsQPR5Vz2pcJCUFUt+vvweWKmKvbOcIOQwgT2uZiq0AdK7K13UtvumvyRwTTYEPCo6Kk51REHheXy35OEtv8Mup+Dy6QN0/aiCfKkozHIXJPiYLb5ktnM97qatEy54iSPnsBzU6ptyG/nXUT5Jv3/XiJwQkXXFfCehB39ns/pf3nzg16UoCDsxwK/MpWVnqjRuaKLD0N4MUKsjNec/JiL/Pi+Sl/WXxE45f99J1aCbCT0s3ZVecJpCml114ct93ok7g/SpPP+4Q6mnirAk84k6riCFABL+Kz6uyVW3uPS+3xKlJ1lyz7I3H7W8r48YaXeZwdriUHlC79bxEiY4YpoIhbDsVBZ2naMsbZxAlr4wsbLYO9V3l7uRF/MSlMofOgpKImd12+JVeJgDd0CgU8I1KNUwTp1MuKo7KzGv661hJDhCSDd8fiE1JVhwtW3ktVuwk9YMmxlNniEymqCTVDXRiy2fmGZkWoX23R1ylcvxzPiP5cqM8sJHVysv41HMPx7AEYgLLBKIUx8GjdqJhD1ozuI95NEuypQ82Q3hZ86hUQVV7GdZ2N2GoVfIBxHJoClIf+rZpiEjL0JuAyXxlezmLJhmCoUnmFKHlmj6OmqqFb3dGqho/ZLUpqOhsfRqz1hW1MgdnndoEITk5ZzYv6Bt651IIiEB3jZv0omKAwYIe6pKpR074/dBQ6YkEQISTaRcXi9sHMgYDvYoD+U9pwYXDPSPWYimpK/79Kh/CAVGfOeP4XrS6fUyN2ax+e8Cxhf26sJrI2M56tGmffyyklQLBSbsZ8yBEKed+dHkPDa0Z+hvfhzeoL7fgRgikw0CSn27O+XoSLUN3qqSbbtDu/BmauZGD3WH9bC/jL272T2Ofi3IkxBvpmx4eMc6oSwge5GQpipZ88cla1P2SNT5CYBZQIhxlFLtZFiGJlOZSt9VaC4/XfK2St4F3/bGNnW4GxtqC0k0l/7CYJsLfmQV8QGYWA2MHjnk4g243Yz38P5qHCHaKV5NCQgvGuhHg12yjmXgIPFsvZ+wqYOPTBuObO/jmegvH2BZn7NORIyHPNUryoEVjNdKiKjnh22T1/fwXmgZkJH7TEwEhk6l8N3c9omZH7Tk5q+lBYxgPuIKt/Um+uOWGXp56BauP/dpUvsG+K5pfJ40JpTP1skTyk+kYTXfu7YDf3kMtAOCoqZrondTlekSw80x3vHJI0AU1Cny26XQAXothb9mLxmQlX/uQlvQaDJISyBBLCRvXkcqbYwFCeSGZA2XmB0k362fb4OqqlVcBCki+fvF9AUxWCC92PFrr6eUOq76bHvFVEEAvgjNdQ5MmyiDrCksSJNG9SqC3Df8i7zqIea5UvLUUv4cgkNdhbmAEFRBxbxkndO2Yo/AZxVZQlidM+IjNDWT/hKwHspzlcDCs1qrseavM0siUOatHJqGAs1qde0ZR7fUPFGKu1XhiJOQjUED1mkS3qaDldN5miosFa/nuDIY76sWukJ08PejXNPEtKM2D3y6RAhX0zF9u2uh9d2Uek4VgrLJVYPYPKLSXaK5C8VDXbSwSoiCRDBfovCCmzgXspDmGQejuTZbTbCFy9lOGbPRrEB+0Hk91EoOQhaXkyH8ohMz+7nJtyu7KrqAtJc7fHTZG8MuWKqRRfY9hcTp4AKeg+wygEqpogQwiaxW2zjVlQyVaXP0y1g/bjrNXMXzvdIa/KnIdVZNGXzbSqxy0uO8IiPXIAn4wq/WPhpy9HsyiR5OWvPIj8cp20ZPXCVr72BfPyXeRrBvMoBc4OZAqCIdrnJPbbQ+IH2qq2bDDBgmtYhkd44kUErdPombQAPbQys9/qOaSZSl2+zjVEMJDVa9THOFmEwQT0r8xVu7BMT4Q52fZcD7WZLkcy/sKYvB+46wI0Gl11znVawQM5BNUzORunqG67o+4iVreSKCYdxl7cWUsF3AMyR3jgFXEJ5iCfGY7zt0Dfy8eybs1P+IoMcoGkJNJKffMjyUEqm/URyCImPKzdBlPYWl30zHook5rbIgaTaGupNpbacC45eHSn7UN1B4fbjtuhDQDC0ro+REgBbJi+yF4TZxydXJOIho9Sguah+LxvxrdL/77ELdrJdfwby9RInXdMUEGYkAgqAE1nHH9EMPbcN0f2faF2EtEjC1s6woJXS3NvfVV+rlgS4D5qLZpQVakLqaQPNlIEZIbfiss97FeA/JvM0DbDNtJx5QJNE9k1i/VJthdi1AGvS6X7tgPQAB0ILA014DSJSFrB4rqShm2m6bNefp8ilgTfKC6DfLhWxid1FWJIkWlQPLSc3C9qTHZCkZwMY/GCBLatn+sgwL1ncqBG9y0eV/wRCobUp0s9awi9WEn6Hgiu08Ps7kLFaMqV7n4jMuSCu63THY/rfByrYkuLXjuTMfCcr9R5ljZY6HS12qrD1/sdaNWT9+ltfB/h2fog/IuCfkSE2cF3DQIEkdMe8lfCEV2veaTBFyWogfleDhKOD+LskKc2xymumwZ87+VcyFfdzUXN6gwUH4OeIVTmLcZYTwPHPG0DH+Rh1azcXASh1xil4YOxpRjbGRgipemqoc6clJcP7zzPHTRatLm3Rnc7VMSosvd+V+GpIFOgKLpkH+K1G2NYmk+7iLEX77wW8Ox169xx6Zq3AGsY3V0J3h2u4TllHr0fviEmdwzM+ErkkKb989caCrd+LngwAyxto30JsprQmP6D9xov5cxxduJmdx3zG3WYZlFLKEO4oyRp9Kr/lJn5Srk/i+4bBo0OqebUBpoicTqXjmKV5cHGXAN3nbhMnl5EluU5FUNFuD66AtKtfkRHD1b9LB0gvJ36fjOb3wi1V4DlgrX7qdJW66KsZUKvmnI/EoE3Wh6PkSMPHFh+WQiL52vqU9tIAtERLHvA7As0UwYkrFa47h01jXP3V4rcjWqTjCHLfkkrqOGn+q3cppht4oSzSgOMBkgG/hLGfclzxSTVdPpXdMWQ4lOWg2c2uDIP+Wo5rMdPv+IbwpZwhHiF75ODMSWZxWtKSScHu88vFNdMeqvMGDxLdanKG10902ccNs+yPiPY9DGYt1LJR4z7ZIROIwLqD+aVtxc152l3fcVKJTJ1fItwye8O3kain4SWy45t4mDxbFIwOtUGa27Y4swSMrl8mC+hfQCrY4+eFmcsUeW1KfqyiWHgWyFEgK0GcNwm6pk2PqRoh5HckyDn0/cL9m2x882zSCvKlVUQiO47TAh0N8bb3xlKIVQyZ9hiaLXzKZAGmC1sDk/mbXynqRlKg/q7TwJnPSlD3iKqKjFhOoUjuhQKY6kism2GfrU78AzlAmSp1tr+wHqZn/DQSJToJloPnIblgB1BXe0rf7Sa72OvLm9MCgytOxViHIKrVg4RuMiw8z1NXDYAOjvwUReT3P5y/9fSyet9EuRpFbHCLTl1gfLAvAYwQOKbSbgXBnGVCReZo0dUcT3W2k/Yi4yPX7QndW9EeN/Gei5Kkv8wpx825Tk//vEwCobhqr+fmuK3RM6nk6zGwcXGlOfEXcQKTmR3WN3I25TdHDCqJpEubeIMOf6Ac43Q5HZhJbGZ1rBmWNKtBY8WtfcrVU7Q+3d6ZcDwOQDCId3iEJXSBHddTrB/KsXZnAfcWslOQkw/cjNZP/HwViSHLb2wHMvWlVSkeb+q1OtlPcPVnU78XVGoGlNzCw/C0Jnm6gOXkRuXlBxJtt1+vwyRzTAUKflHxuRbIjIdam2tjOu/PsVYwKuC8DxWEyI+sIghuOOwp2la0DTbomKruXnW3Mv5IJ5RZxVCa3432YBgN80AMOSDV0Fuj+wgsGlrvRc4LI8eNq6xbywGpMbCUNhvnXMvBvnLS8SLiZvkLn5cZV9pmpKaV4lzmoo8ZgIWxk61y3q+XUZqgjT+Se/oFAVOJVvmplHgXOWO6rcr9q58sML5nIId3wWmL3X8Oxd+lhcbzJoP3gGBJuV/epXxc9/fHMZuv22tsO2smBtzScOQBrRzfkRKiDFQEUgWcRMFsQ+eHsAA8EBFmTHRfcBzIz8bSMIfbQcVCiVmeqfewIVUNRhUa1dEjnaKZTr8MRwBUANWfTtU+YuRoJPc1Gr3ymQy852+aTpHYWpdniGvg5A8Ko5pnFCU2v/FhvpttXnzwqJPqc3QBtXYQdmAwQpLxcWD9m8rWJEsDhIZKD2J0BKK9V3KM55khNOsMe9tW76tE5x2yU+TCfep4YWtg3Yoh8RRZ6U4Enob7rlGlPbTUJ3xlhI1roYiAILObRJSzF4Ay7mYNAO3w2NDItY0zW0i2x/Glec7JQu1FNm+Nk14czgnuk/eOXdb00XfmkxhaJRyrPFnp459Gtq4HYhwjMEzWlMJq1UpbqwOEaknzqE9IrdNygtnYwwt9fmre2jUFkZKKP4bIHW3m5OPVqW3aaLjBNYCLkfbk/YQhapW0q6VfJsSa6Ct7R19lWTaweanv1UZC8OpK+F0KKoDLAtGAuFkTAsAVMLnfWnJOVYW7//Cs9fmyaWTX6bSiwKBILc2fowtMLAeMABeJcH+5H3Y9dEa5jZP+yqEJ4qC+EKGtm8RNLRxXDgAHGD6jGI0F7oLMM6GZPT1/ejGWcHwjH5D59dawAzlgg7EZArtw3y2eOkRcyYExfNs/MOZUeEqcaomR12MMeGg7fNwHoViuDu2bPco2etzKyZtK7gQ1pOWZivm50tqV8tzKBnl05kZKKo0DQzbiSkmU3nQEcRh+4IkOg5//iMyVA5eB5ZJf59wM8Xa59+Da/qK5AkAuJENYFdBL0XsKGgELRxbrAAt8i/+Hm4yVWAKpQns06kD+1i5UHF+CKWxnSkf+oLAVW2R2FSWfKkI2Q4059f+70ZC5iN1juvtwbdNhmHu6RDkVOoWFz13zLbst+HBllY1fehCJIvv5w+6Kuro8Hswpo4a+Et5Ni52OOuTU8YxJfLVY0rMhjFgrPGViN7linUjbQrJGHuVAVM45Ihd63rC7BWozO5tsttvJ1DI0aqmmKNe0FhjNihPle+D22vRp77hzk6pDHvph8KJKP84mPZMnDfRrdDQy2BWBLejjF0MMXu0U9XKt2VMbf7fg==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89">
       <UserInfo>
         <DisplayName>Liam Lane</DisplayName>
         <AccountId>23</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Katierose Johnson</DisplayName>
         <AccountId>12</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Mikael Anne Greenwood-Hickman</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Rita Mangione-Smith</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Jennifer Nelson</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Bonnie K Lind</DisplayName>
         <AccountId>19</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Nicole M Gatto</DisplayName>
         <AccountId>29</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c0ab7c67-a182-4cff-82ad-fedc307637e2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="da64132122c772c75d69c6f7d745cbba" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010009A370262177E74A8AB18EF11779BB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="74c7672c0ea3ef78d276f861a6edd5c4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a90ecd954fb9064e747244675bfbab31" ns2:_="" ns3:_="">
     <xsd:import namespace="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <xsd:import namespace="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -20255,141 +20293,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{502776F1-1C71-488E-9EA0-F7264FDF29A6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4516E705-5B61-4C99-BFAD-14A2209F8E9F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD382BC4-3659-48CE-A6C0-8451B4E3F566}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{311977D6-9940-47B0-8262-1664D134882D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{502776F1-1C71-488E-9EA0-F7264FDF29A6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B955FB4D-63A7-435C-A89D-CB361588B62A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" enabled="0" method="" siteId="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14001</Characters>
+  <Pages>8</Pages>
+  <Words>2531</Words>
+  <Characters>14075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>251</Lines>
+  <Paragraphs>112</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16425</CharactersWithSpaces>
+  <CharactersWithSpaces>16494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>6684684</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>222</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:kpwa.actproposals@kp.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3538983</vt:i4>
       </vt:variant>
       <vt:variant>