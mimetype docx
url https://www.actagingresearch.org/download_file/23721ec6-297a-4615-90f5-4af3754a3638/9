--- v1 (2025-12-19)
+++ v2 (2026-02-19)
@@ -1201,51 +1201,65 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B77DE4" w:rsidRPr="000822C1" w14:paraId="35BF37A5" w14:textId="77777777" w:rsidTr="00BF5FC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145A37BE" w14:textId="52AD0AD9" w:rsidR="00B77DE4" w:rsidRPr="001A34B8" w:rsidRDefault="00B77DE4" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A34B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Project leader name</w:t>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A34B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>leader</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A34B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name</w:t>
             </w:r>
             <w:r w:rsidR="00960279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="641932D0" w14:textId="77777777" w:rsidR="00B77DE4" w:rsidRPr="001A34B8" w:rsidRDefault="00B77DE4" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00960279" w:rsidRPr="000822C1" w14:paraId="308D8506" w14:textId="77777777" w:rsidTr="00BF5FC8">
@@ -1378,57 +1392,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B4720" w:rsidRPr="000822C1" w14:paraId="69A44DE7" w14:textId="77777777" w:rsidTr="00BF5FC8">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35CB0215" w14:textId="1A47B304" w:rsidR="009B4720" w:rsidRPr="00F3365A" w:rsidRDefault="009B4720" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Project </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Int_bgrkwEkQ"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>leader</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FF74EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="481BB2B9" w14:textId="77777777" w:rsidR="009B4720" w:rsidRPr="001A34B8" w:rsidRDefault="009B4720" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A669A" w:rsidRPr="000822C1" w14:paraId="35FAB404" w14:textId="77777777" w:rsidTr="007461BC">
         <w:trPr>
@@ -1446,57 +1462,71 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Is project lead</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a student</w:t>
             </w:r>
             <w:r w:rsidR="00591F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or post-doc</w:t>
+              <w:t xml:space="preserve"> or post-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00591F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>doc</w:t>
             </w:r>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">? </w:t>
+              <w:t>?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00934DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A22112" w14:textId="02FB0283" w:rsidR="009A669A" w:rsidRPr="000822C1" w:rsidRDefault="0090322A" w:rsidP="00BF5FC8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00934DED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -1806,59 +1836,61 @@
             </w:r>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="672CB374" w14:textId="5A158117" w:rsidR="00F026BA" w:rsidRPr="00863E4E" w:rsidRDefault="00F026BA" w:rsidP="007461BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, please provide the name of the ACT </w:t>
             </w:r>
             <w:r w:rsidR="006F04B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>researcher</w:t>
             </w:r>
             <w:r w:rsidRPr="00863E4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> with whom you have consulted for this proposal (required):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000912FD" w:rsidRPr="00863E4E" w14:paraId="7A160629" w14:textId="77777777" w:rsidTr="00BF5FC8">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="100" w:type="dxa"/>
@@ -2714,57 +2746,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I have consulted with an ACT </w:t>
       </w:r>
       <w:r w:rsidR="006F04B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>researcher</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the preparation of this proposal</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Initials: _________</w:t>
+        <w:t>Initials: _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3365A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24396AC6" w14:textId="77777777" w:rsidR="00C53E52" w:rsidRDefault="00C53E52" w:rsidP="0004474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1693DB1B" w14:textId="14351B0C" w:rsidR="00C53E52" w:rsidRPr="00A649FC" w:rsidRDefault="00C53E52" w:rsidP="00C53E52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
@@ -2793,55 +2835,63 @@
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">If </w:t>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C07FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a Type 2 or 3 Ancillary Study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A649FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I have </w:t>
       </w:r>
       <w:r w:rsidRPr="00A649FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">identified a </w:t>
       </w:r>
@@ -2988,57 +3038,67 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ll listed collaborators have had adequate opportunity to review this proposal and endorse its submission for review by the ACT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ancillary Studies Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Committee. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Initials: _________</w:t>
+        <w:t>Initials: _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3365A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DC82D4" w14:textId="77777777" w:rsidR="00C53E52" w:rsidRDefault="00C53E52" w:rsidP="0004474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52185FAF" w14:textId="27AEC767" w:rsidR="0004474C" w:rsidRDefault="0004474C" w:rsidP="0004474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
@@ -3123,57 +3183,67 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>&amp; Data Use Agreement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B43FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if external to KPWHRI)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> which are required to be signed and executed to conduct this research</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Initials: _________</w:t>
+        <w:t>Initials: _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3365A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2F1FE2" w14:textId="77777777" w:rsidR="00E655D5" w:rsidRDefault="00E655D5" w:rsidP="0004474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BD76917" w14:textId="2EDD4865" w:rsidR="00E655D5" w:rsidRDefault="00E655D5" w:rsidP="0004474C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
@@ -3985,51 +4055,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B26EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Federal repository (dbGaP, NIAGADs, etc.)</w:t>
+        <w:t>Federal repository (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B26EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dbGaP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B26EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, NIAGADs, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109EBEFF" w14:textId="77777777" w:rsidR="00801785" w:rsidRPr="002B26EE" w:rsidRDefault="00801785" w:rsidP="00801785">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -4212,55 +4296,63 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BC23CDA" w14:textId="3A63D4E8" w:rsidR="00F14D60" w:rsidRPr="00E65A77" w:rsidRDefault="00F14D60" w:rsidP="007866C2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E65A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section Two: Information about grant </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D368C1" w:rsidRPr="00E65A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>opportunity and key dates</w:t>
+        <w:t>opportunity</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D368C1" w:rsidRPr="00E65A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and key dates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A55334" w14:textId="77777777" w:rsidR="00F14D60" w:rsidRPr="00B032E7" w:rsidRDefault="00F14D60" w:rsidP="00F14D60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6275F430" w14:textId="13A9E405" w:rsidR="00F14D60" w:rsidRPr="000822C1" w:rsidRDefault="00841BD6" w:rsidP="00F14D60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E05F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4847,64 +4939,72 @@
         </w:rPr>
         <w:t xml:space="preserve"> participants’ </w:t>
       </w:r>
       <w:r w:rsidR="007C2C89" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">records. </w:t>
       </w:r>
       <w:r w:rsidR="00F811C7" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E23FAD" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If you require biospecimen</w:t>
       </w:r>
       <w:r w:rsidR="00F75116" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">s, please describe the needed </w:t>
+        <w:t xml:space="preserve">s, please describe the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F75116" w:rsidRPr="008B3FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needed </w:t>
       </w:r>
       <w:r w:rsidR="00D06DC7" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ACT </w:t>
       </w:r>
       <w:r w:rsidR="00F75116" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>sample</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0DB9F946" w14:textId="3D98FE9C" w:rsidR="009E4870" w:rsidRPr="008B3FDB" w:rsidRDefault="00F75116" w:rsidP="008B3FDB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>size</w:t>
       </w:r>
       <w:r w:rsidR="00CF356C" w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and characteristics</w:t>
       </w:r>
       <w:r w:rsidRPr="008B3FDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, quantity of specimen requested</w:t>
@@ -5360,171 +5460,365 @@
         </w:rPr>
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidR="0A4C9D10" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1BEB44C5" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>be collected at a home or telephone visit</w:t>
+        <w:t xml:space="preserve">be collected at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a home</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="4D3F2E35" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telephone visit</w:t>
       </w:r>
       <w:r w:rsidR="1BEB44C5" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B5C985" w14:textId="77777777" w:rsidR="009E05F9" w:rsidRDefault="009E05F9" w:rsidP="009E05F9">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EDFF52F" w14:textId="5045CBE0" w:rsidR="00A473E6" w:rsidRPr="006E55A6" w:rsidRDefault="006E55A6" w:rsidP="00692873">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.2.3 </w:t>
       </w:r>
       <w:r w:rsidR="00A473E6" w:rsidRPr="006E55A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Please provide a justification as to why the new data collection is needed</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Please provide a justification as to why </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A473E6" w:rsidRPr="006E55A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the new</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A473E6" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data collection is needed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A473E6" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Note that</w:t>
       </w:r>
       <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">the frequency of data collection over time should be carefully considered if repeated measures are being proposed, and a strong scientific rationale for the time intervals between measures should be provided. </w:t>
+        <w:t xml:space="preserve">the frequency of data collection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>over time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be carefully considered if repeated measures are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>being proposed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007241CA" w:rsidRPr="006E55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and a strong scientific rationale for the time intervals between measures should be provided. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1D752E" w14:textId="77777777" w:rsidR="00FA2DA5" w:rsidRDefault="00FA2DA5" w:rsidP="00FA2DA5">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="731280E9" w14:textId="77777777" w:rsidR="00FA2DA5" w:rsidRPr="0016368C" w:rsidRDefault="00FA2DA5" w:rsidP="00FA2DA5">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="614FEC1F" w14:textId="67420762" w:rsidR="006D08DD" w:rsidRDefault="006D08DD" w:rsidP="006D08DD">
+    <w:p w14:paraId="614FEC1F" w14:textId="4C6D44D0" w:rsidR="006D08DD" w:rsidRDefault="006D08DD" w:rsidP="006D08DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="74E68409">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="74E68409">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Linkages to Other Data Sources</w:t>
       </w:r>
       <w:r w:rsidRPr="74E68409">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If your study proposes to link ACT Study data to other data sources, please describe how the linkage will be conducted including what ACT Study variables are needed for the linkage, what other data sources will be involved in the linkage, who will perform the linkage, and where the linkage will take place. </w:t>
+        <w:t xml:space="preserve"> If your study proposes to link ACT Study data to other data sources, please describe how the linkage will be conducted including what ACT Study variables are needed for the linkage, what other data sources will be involved in the linkage, who will perform the linkage, and where the linkage will take place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007157A7" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>NOTE: If a</w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data</w:t>
+      </w:r>
+      <w:r w:rsidR="007157A7" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> linkage </w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requires access to </w:t>
+      </w:r>
+      <w:r w:rsidR="0035285C" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Protected Health Information (</w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PHI</w:t>
+      </w:r>
+      <w:r w:rsidR="0035285C" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11AC0" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beyond a limited dataset</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0663" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., including age or dates)</w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the linkage must be done by a KPWHRI employee </w:t>
+      </w:r>
+      <w:r w:rsidR="00016F03" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with PHI data remaining </w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>behind the KPWHRI firewall</w:t>
+      </w:r>
+      <w:r w:rsidR="00016F03" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00557642" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5F40" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00016F03" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there is a reason someone on your project team would be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0682A" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>need</w:t>
+      </w:r>
+      <w:r w:rsidR="00016F03" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ed to perform the linkage, please describe why.</w:t>
+      </w:r>
+      <w:r w:rsidR="00016F03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2A7824" w14:textId="77777777" w:rsidR="006D08DD" w:rsidRDefault="006D08DD" w:rsidP="00841BD6">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62092959" w14:textId="39547310" w:rsidR="008F4106" w:rsidRDefault="00841BD6" w:rsidP="00841BD6">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -5833,51 +6127,65 @@
         </w:rPr>
         <w:t>In addition, if</w:t>
       </w:r>
       <w:r w:rsidR="00A331B9" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> your generated data resource will be shared via a mechanism </w:t>
       </w:r>
       <w:r w:rsidR="00F17C48" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">other than through the ACT repository, please </w:t>
       </w:r>
       <w:r w:rsidR="00702DE8" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">describe in detail how you propose </w:t>
       </w:r>
       <w:r w:rsidR="00931F6B" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>this data sharing process to occur.</w:t>
+        <w:t xml:space="preserve">this data sharing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00931F6B" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>process to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00931F6B" w:rsidRPr="0016368C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> occur.</w:t>
       </w:r>
       <w:r w:rsidR="009B2548" w:rsidRPr="009B2548">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B2548" w:rsidRPr="0016368C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>[Note that as of January 2023 the NIH requires a more extensive data sharing plan that is likely to require additional resources.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0D6A15" w14:textId="27E850C6" w:rsidR="00A409A5" w:rsidRDefault="00A409A5" w:rsidP="00FA2DA5">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6087,91 +6395,92 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05062730" w14:textId="733C2381" w:rsidR="00995644" w:rsidRPr="000822C1" w:rsidRDefault="00000000" w:rsidP="00103805">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:pict w14:anchorId="652AFA28">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1324D2EC" w14:textId="77777777" w:rsidR="00EC565D" w:rsidRDefault="00EC565D">
-[...19 lines deleted...]
-    <w:p w14:paraId="6A101422" w14:textId="074592FE" w:rsidR="00995644" w:rsidRPr="000822C1" w:rsidRDefault="00995644" w:rsidP="00995644">
+    <w:p w14:paraId="6A101422" w14:textId="5259B37A" w:rsidR="00995644" w:rsidRPr="000822C1" w:rsidRDefault="00533A71" w:rsidP="00533A71">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:jc w:val="center"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="9345"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000822C1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00995644" w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">Part II: Full Proposal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23981AE4" w14:textId="6AF3464B" w:rsidR="00D64945" w:rsidRPr="000822C1" w:rsidRDefault="00D64945" w:rsidP="003C1A9B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="000D2BCD" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Five</w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6969,61 +7278,69 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="005B1513">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Geospatially</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">-based data </w:t>
+              <w:t>-based</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346AFD" w:rsidRPr="00EC565D" w14:paraId="1339131F" w14:textId="77777777" w:rsidTr="00F446E1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E65AE7C" w14:textId="23422675" w:rsidR="00346AFD" w:rsidRPr="00A2465C" w:rsidRDefault="00346AFD" w:rsidP="00346AFD">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7750,52 +8067,60 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ActivPAL</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ActivPAL</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="68CB813D" w14:textId="77777777" w:rsidR="003A73D0" w:rsidRPr="00A2465C" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:before="120" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -7817,52 +8142,60 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ActiGraph</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ActiGraph</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="716BC9DA" w14:textId="6229EF61" w:rsidR="003A73D0" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7886,51 +8219,65 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actiwatch (sleep)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Actiwatch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2465C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (sleep)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2465C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A73D0" w:rsidRPr="00EC565D" w14:paraId="213AEF4D" w14:textId="7A0DB773" w:rsidTr="006B71E7">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="689769F6" w14:textId="14F2BB4B" w:rsidR="003A73D0" w:rsidRPr="00EC565D" w:rsidRDefault="003A73D0" w:rsidP="003A73D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="219" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9009,51 +9356,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00746EF1" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="00265EF3" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Do you need any preliminary ACT data in order to write your grant proposal?</w:t>
+        <w:t xml:space="preserve"> Do you need any preliminary ACT data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00265EF3" w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00265EF3" w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> write your grant proposal?</w:t>
       </w:r>
       <w:r w:rsidR="00F67748" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E979E2" w14:textId="31B6B3AE" w:rsidR="00705440" w:rsidRDefault="00746EF1" w:rsidP="00093A1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -10179,51 +10542,67 @@
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003752D3" w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Other structure for visits or data, please describe:</w:t>
+        <w:t xml:space="preserve">  Other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003752D3" w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003752D3" w:rsidRPr="00EC565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for visits or data, please describe:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75113480" w14:textId="77777777" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="003752D3" w:rsidP="003752D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30180C1C" w14:textId="438EDE7A" w:rsidR="003752D3" w:rsidRPr="00EC565D" w:rsidRDefault="00B51475" w:rsidP="00CD663A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC565D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -10952,51 +11331,67 @@
         <w:t xml:space="preserve">variables that do not arise from standard ACT freeze datasets </w:t>
       </w:r>
       <w:r w:rsidR="0064559F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>using the table below</w:t>
       </w:r>
       <w:r w:rsidR="00C76F8B" w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C76F8B" w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Variables here would require special curation or derivation beyond standardly available variables from sources such as ICD codes from the Electronic Health Records or the ACT chart abstraction project</w:t>
+        <w:t xml:space="preserve">Variables here </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C76F8B" w:rsidRPr="00876534">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>would require</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C76F8B" w:rsidRPr="00876534">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special curation or derivation beyond standardly available variables from sources such as ICD codes from the Electronic Health Records or the ACT chart abstraction project</w:t>
       </w:r>
       <w:r w:rsidR="00C76F8B" w:rsidRPr="00876534">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C76F8B" w:rsidRPr="009572DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="600" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
@@ -12518,57 +12913,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043220E" w:rsidRPr="00F76C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Multi-factor authentication will be required for users</w:t>
       </w:r>
       <w:r w:rsidR="00856EC7" w:rsidRPr="00F76C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> outside the institutional firewall</w:t>
       </w:r>
       <w:r w:rsidRPr="00865C4D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Initials: ________</w:t>
+        <w:t>Initials: _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3365A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>_______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4445A7CF" w14:textId="2568F2BC" w:rsidR="00856EC7" w:rsidRPr="00F76C0C" w:rsidRDefault="00865C4D" w:rsidP="00865C4D">
       <w:pPr>
         <w:spacing w:before="120" w:after="80" w:line="218" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3365A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -13077,51 +13482,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ancillary study team </w:t>
       </w:r>
       <w:r w:rsidR="009C1C1A" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>members</w:t>
       </w:r>
       <w:r w:rsidR="00FB27D8" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00950BCC" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561D0595" w14:textId="70BFBF5C" w:rsidR="00297651" w:rsidRPr="000822C1" w:rsidRDefault="00083DDB" w:rsidP="00A04DDB">
+    <w:p w14:paraId="561D0595" w14:textId="7C8B276C" w:rsidR="00297651" w:rsidRPr="000822C1" w:rsidRDefault="00083DDB" w:rsidP="00A04DDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714273">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00A946F3" w:rsidRPr="00714273">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="00C35F92" w:rsidRPr="00714273">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
@@ -13147,85 +13552,106 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">These estimates </w:t>
       </w:r>
       <w:r w:rsidR="008F2AC9" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">allow ACT to assess if adequate resources and staffing will be available to support the proposed grant. </w:t>
       </w:r>
       <w:r w:rsidR="00E962E5" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Listed estimates </w:t>
       </w:r>
       <w:r w:rsidR="002B6873" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">do </w:t>
       </w:r>
+      <w:r w:rsidR="002B6873" w:rsidRPr="00774C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
       <w:r w:rsidR="002B6873" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>not</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need to be final</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2AC9" w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002B6873" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> need to be final</w:t>
+        <w:t xml:space="preserve"> and ACT understands they may change as grant development </w:t>
       </w:r>
       <w:r w:rsidR="008F2AC9" w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>,</w:t>
-[...13 lines deleted...]
-        <w:t>progresses.</w:t>
+        <w:t>progresses</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2AC9" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00BF3" w:rsidRPr="00276539">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please work with your KPWHRI collaborator to ensure you are budgeting adequately for these roles based on the description in your proposal.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="1864"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="990"/>
       </w:tblGrid>
       <w:tr w:rsidR="00865C4D" w:rsidRPr="000822C1" w14:paraId="06E24820" w14:textId="77777777" w:rsidTr="00865C4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="649CEEBD" w14:textId="0B8A0DAF" w:rsidR="00865C4D" w:rsidRPr="000822C1" w:rsidRDefault="00865C4D">
@@ -14385,51 +14811,51 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>End of Part II</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F407E9" w14:textId="77777777" w:rsidR="00083DDB" w:rsidRPr="000822C1" w:rsidRDefault="00083DDB" w:rsidP="00083DDB">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01158219" w14:textId="46037BAD" w:rsidR="00CA118E" w:rsidRDefault="00083DDB" w:rsidP="00822F92">
+    <w:p w14:paraId="00000182" w14:textId="48846242" w:rsidR="0055500C" w:rsidRPr="00276539" w:rsidRDefault="00083DDB" w:rsidP="00276539">
       <w:pPr>
         <w:spacing w:after="80" w:line="219" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">submit the completed Part II of this application to </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="000822C1">
           <w:rPr>
@@ -14469,197 +14895,210 @@
           <w:tag w:val="goog_rdk_1"/>
           <w:id w:val="-1723972925"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent/>
       </w:sdt>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">We will be in touch to schedule a presentation to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C65FC">
+        <w:t xml:space="preserve">We will be in touch to schedule a presentation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">ACT </w:t>
-      </w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="001C65FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">ncillary </w:t>
+        <w:t xml:space="preserve">ACT </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>S</w:t>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001C65FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">tudy </w:t>
+        <w:t xml:space="preserve">ncillary </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001C65FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">eview </w:t>
+        <w:t xml:space="preserve">tudy </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="001C65FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>ommittee (ASRC)</w:t>
+        <w:t xml:space="preserve">eview </w:t>
       </w:r>
       <w:r w:rsidRPr="000822C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as part of the full proposal review.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00000000">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="001C65FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t>ommittee (ASRC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000822C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as part of the full proposal review.</w:t>
+      </w:r>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:pict w14:anchorId="5F90655A">
           <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000182" w14:textId="34334833" w:rsidR="0055500C" w:rsidRPr="00751571" w:rsidRDefault="0055500C" w:rsidP="00A77C18">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="0055500C" w:rsidRPr="00751571">
+    <w:sectPr w:rsidR="0055500C" w:rsidRPr="00276539">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F0917FE" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="5F4A5281" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AA7B171" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="1EFD701C" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0EC1F2A4" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="76C52701" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14776,100 +15215,100 @@
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="008E0FC1">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FD3CA50" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="0EE1CDDE" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FE64853" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="245A28BF" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1D56D61E" w14:textId="77777777" w:rsidR="00360486" w:rsidRDefault="00360486">
+    <w:p w14:paraId="11B333A9" w14:textId="77777777" w:rsidR="00CF3B8F" w:rsidRDefault="00CF3B8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2253EF5A" w14:textId="25ACCCEE" w:rsidR="000076CC" w:rsidRDefault="00384F12" w:rsidP="00DC3E39">
+  <w:p w14:paraId="2253EF5A" w14:textId="2BC32EA1" w:rsidR="000076CC" w:rsidRDefault="00384F12" w:rsidP="00DC3E39">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00073E41">
       <w:t>ersion</w:t>
     </w:r>
     <w:r w:rsidR="0073663D">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00A56367">
-      <w:t>12/11</w:t>
+    <w:r w:rsidR="00A8005C">
+      <w:t>2/19</w:t>
     </w:r>
-    <w:r w:rsidR="001E4636">
-      <w:t>/2025</w:t>
+    <w:r w:rsidR="00533A71">
+      <w:t>/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AB70D13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83B8913E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -17034,122 +17473,128 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="309751992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="518275978">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="177157529">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="703479650">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1572543494">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1915504665">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0055500C"/>
     <w:rsid w:val="00000890"/>
     <w:rsid w:val="000033F8"/>
     <w:rsid w:val="000043D4"/>
     <w:rsid w:val="000076CC"/>
     <w:rsid w:val="00007EDC"/>
     <w:rsid w:val="000141FF"/>
     <w:rsid w:val="0001616C"/>
+    <w:rsid w:val="00016F03"/>
     <w:rsid w:val="0001783B"/>
     <w:rsid w:val="00020467"/>
     <w:rsid w:val="000272FE"/>
     <w:rsid w:val="00033673"/>
     <w:rsid w:val="00033BCB"/>
+    <w:rsid w:val="000355CD"/>
     <w:rsid w:val="0003673A"/>
     <w:rsid w:val="00037EA8"/>
     <w:rsid w:val="0004201D"/>
     <w:rsid w:val="0004474C"/>
     <w:rsid w:val="00044C42"/>
     <w:rsid w:val="000500EA"/>
+    <w:rsid w:val="00050378"/>
     <w:rsid w:val="00054992"/>
     <w:rsid w:val="0005743F"/>
     <w:rsid w:val="000577CA"/>
     <w:rsid w:val="000619E1"/>
     <w:rsid w:val="00062D22"/>
     <w:rsid w:val="00064195"/>
     <w:rsid w:val="00071159"/>
     <w:rsid w:val="00071D51"/>
     <w:rsid w:val="00073E41"/>
     <w:rsid w:val="00077C16"/>
     <w:rsid w:val="0008160C"/>
     <w:rsid w:val="000822C1"/>
     <w:rsid w:val="00083DDB"/>
     <w:rsid w:val="00087535"/>
     <w:rsid w:val="000912FD"/>
+    <w:rsid w:val="0009266D"/>
     <w:rsid w:val="00093A1C"/>
     <w:rsid w:val="00095E60"/>
     <w:rsid w:val="000A7785"/>
     <w:rsid w:val="000B1FDB"/>
     <w:rsid w:val="000B22D9"/>
     <w:rsid w:val="000B2B28"/>
     <w:rsid w:val="000B2FB1"/>
     <w:rsid w:val="000B3B0F"/>
     <w:rsid w:val="000B43FF"/>
     <w:rsid w:val="000B55F4"/>
     <w:rsid w:val="000B6C7D"/>
     <w:rsid w:val="000C0AA5"/>
     <w:rsid w:val="000C223C"/>
+    <w:rsid w:val="000C6059"/>
     <w:rsid w:val="000C6888"/>
     <w:rsid w:val="000D0FD1"/>
     <w:rsid w:val="000D10AB"/>
     <w:rsid w:val="000D2BCD"/>
     <w:rsid w:val="000E265B"/>
     <w:rsid w:val="000E3D1F"/>
     <w:rsid w:val="000E6676"/>
     <w:rsid w:val="000F033C"/>
     <w:rsid w:val="000F0912"/>
     <w:rsid w:val="000F26AA"/>
     <w:rsid w:val="000F7AB5"/>
     <w:rsid w:val="00100E7B"/>
     <w:rsid w:val="00103805"/>
     <w:rsid w:val="00105564"/>
     <w:rsid w:val="00106CFE"/>
     <w:rsid w:val="00107D1C"/>
     <w:rsid w:val="001135A6"/>
     <w:rsid w:val="00114674"/>
     <w:rsid w:val="00114A86"/>
     <w:rsid w:val="00115B47"/>
     <w:rsid w:val="001211DB"/>
     <w:rsid w:val="00132F76"/>
     <w:rsid w:val="0013345A"/>
     <w:rsid w:val="00134DDC"/>
     <w:rsid w:val="001376FD"/>
@@ -17180,82 +17625,84 @@
     <w:rsid w:val="001C6CC4"/>
     <w:rsid w:val="001C7801"/>
     <w:rsid w:val="001D4005"/>
     <w:rsid w:val="001E37EE"/>
     <w:rsid w:val="001E4636"/>
     <w:rsid w:val="001F02F9"/>
     <w:rsid w:val="001F652D"/>
     <w:rsid w:val="002026DB"/>
     <w:rsid w:val="002159D3"/>
     <w:rsid w:val="00221F88"/>
     <w:rsid w:val="00222FF7"/>
     <w:rsid w:val="00230B8F"/>
     <w:rsid w:val="00232409"/>
     <w:rsid w:val="0023280E"/>
     <w:rsid w:val="00233E70"/>
     <w:rsid w:val="0024452D"/>
     <w:rsid w:val="00244620"/>
     <w:rsid w:val="00244684"/>
     <w:rsid w:val="002474D7"/>
     <w:rsid w:val="00251B83"/>
     <w:rsid w:val="00255BBA"/>
     <w:rsid w:val="0026580B"/>
     <w:rsid w:val="00265EF3"/>
     <w:rsid w:val="00266836"/>
     <w:rsid w:val="0027553C"/>
+    <w:rsid w:val="00276539"/>
     <w:rsid w:val="00277557"/>
     <w:rsid w:val="00280AE4"/>
     <w:rsid w:val="00280CCB"/>
     <w:rsid w:val="00282BEA"/>
     <w:rsid w:val="00294237"/>
     <w:rsid w:val="00297651"/>
     <w:rsid w:val="002B2A64"/>
     <w:rsid w:val="002B6873"/>
     <w:rsid w:val="002C30EC"/>
     <w:rsid w:val="002C3334"/>
     <w:rsid w:val="002C3B76"/>
     <w:rsid w:val="002C40E7"/>
     <w:rsid w:val="002C574B"/>
     <w:rsid w:val="002D0BD9"/>
     <w:rsid w:val="002D1002"/>
     <w:rsid w:val="002D2D5D"/>
     <w:rsid w:val="002D5F02"/>
     <w:rsid w:val="002D7405"/>
     <w:rsid w:val="002D7B58"/>
     <w:rsid w:val="002E345F"/>
     <w:rsid w:val="002E6823"/>
     <w:rsid w:val="002F5022"/>
     <w:rsid w:val="00305639"/>
     <w:rsid w:val="0030618D"/>
     <w:rsid w:val="003268F2"/>
     <w:rsid w:val="00327F15"/>
     <w:rsid w:val="00333BD2"/>
     <w:rsid w:val="00334B93"/>
     <w:rsid w:val="00340FDB"/>
     <w:rsid w:val="00342519"/>
     <w:rsid w:val="0034285E"/>
     <w:rsid w:val="00346AFD"/>
+    <w:rsid w:val="0035285C"/>
     <w:rsid w:val="003538CA"/>
     <w:rsid w:val="00355990"/>
     <w:rsid w:val="00355E86"/>
     <w:rsid w:val="00360486"/>
     <w:rsid w:val="00362C26"/>
     <w:rsid w:val="00365ACC"/>
     <w:rsid w:val="00366621"/>
     <w:rsid w:val="00367642"/>
     <w:rsid w:val="00371396"/>
     <w:rsid w:val="003726AF"/>
     <w:rsid w:val="003752D3"/>
     <w:rsid w:val="003756D8"/>
     <w:rsid w:val="00384F12"/>
     <w:rsid w:val="003856B8"/>
     <w:rsid w:val="00391F94"/>
     <w:rsid w:val="0039293D"/>
     <w:rsid w:val="00393152"/>
     <w:rsid w:val="003A2AD1"/>
     <w:rsid w:val="003A45E3"/>
     <w:rsid w:val="003A73D0"/>
     <w:rsid w:val="003B4CB1"/>
     <w:rsid w:val="003B50FA"/>
     <w:rsid w:val="003B697E"/>
     <w:rsid w:val="003C1A9B"/>
     <w:rsid w:val="003D1579"/>
@@ -17283,165 +17730,174 @@
     <w:rsid w:val="00443E36"/>
     <w:rsid w:val="00444CCD"/>
     <w:rsid w:val="0045523A"/>
     <w:rsid w:val="004662BE"/>
     <w:rsid w:val="0047224A"/>
     <w:rsid w:val="00472F24"/>
     <w:rsid w:val="00474D1B"/>
     <w:rsid w:val="00483FB8"/>
     <w:rsid w:val="00484F6A"/>
     <w:rsid w:val="004862F5"/>
     <w:rsid w:val="00491BB4"/>
     <w:rsid w:val="00497A8C"/>
     <w:rsid w:val="004A07B6"/>
     <w:rsid w:val="004A3077"/>
     <w:rsid w:val="004A54B5"/>
     <w:rsid w:val="004B0334"/>
     <w:rsid w:val="004B04B5"/>
     <w:rsid w:val="004B0D33"/>
     <w:rsid w:val="004B31DB"/>
     <w:rsid w:val="004B4500"/>
     <w:rsid w:val="004C354D"/>
     <w:rsid w:val="004D103B"/>
     <w:rsid w:val="004E02E6"/>
     <w:rsid w:val="004E09CB"/>
     <w:rsid w:val="004E3A31"/>
+    <w:rsid w:val="004F1620"/>
     <w:rsid w:val="004F225A"/>
     <w:rsid w:val="00500BED"/>
     <w:rsid w:val="00507AFC"/>
     <w:rsid w:val="00510C90"/>
     <w:rsid w:val="005110BC"/>
     <w:rsid w:val="00511A5A"/>
     <w:rsid w:val="005157D5"/>
     <w:rsid w:val="00515AFC"/>
     <w:rsid w:val="0052071F"/>
     <w:rsid w:val="0052244B"/>
     <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005261D1"/>
     <w:rsid w:val="00531376"/>
     <w:rsid w:val="00531B3B"/>
+    <w:rsid w:val="00533A71"/>
     <w:rsid w:val="00533AD2"/>
     <w:rsid w:val="00536B87"/>
     <w:rsid w:val="0053716B"/>
     <w:rsid w:val="00554AF6"/>
     <w:rsid w:val="0055500C"/>
+    <w:rsid w:val="00557642"/>
     <w:rsid w:val="00565173"/>
     <w:rsid w:val="00571311"/>
     <w:rsid w:val="00574698"/>
     <w:rsid w:val="00583524"/>
     <w:rsid w:val="005842F5"/>
     <w:rsid w:val="00584C13"/>
     <w:rsid w:val="00591F15"/>
     <w:rsid w:val="005978BF"/>
     <w:rsid w:val="005A1AFD"/>
+    <w:rsid w:val="005A3B87"/>
     <w:rsid w:val="005B1513"/>
     <w:rsid w:val="005B2721"/>
     <w:rsid w:val="005B37F8"/>
+    <w:rsid w:val="005B5F40"/>
     <w:rsid w:val="005B7311"/>
     <w:rsid w:val="005C2126"/>
     <w:rsid w:val="005C289E"/>
     <w:rsid w:val="005C60FE"/>
     <w:rsid w:val="005C72F0"/>
     <w:rsid w:val="005D3C58"/>
     <w:rsid w:val="005D4046"/>
     <w:rsid w:val="005E07C5"/>
     <w:rsid w:val="005E1F14"/>
     <w:rsid w:val="005E7280"/>
     <w:rsid w:val="005F1103"/>
     <w:rsid w:val="005F25F1"/>
     <w:rsid w:val="005F702E"/>
     <w:rsid w:val="005F7F03"/>
     <w:rsid w:val="00603710"/>
     <w:rsid w:val="0060427C"/>
     <w:rsid w:val="00604C31"/>
     <w:rsid w:val="00605D46"/>
     <w:rsid w:val="00605FB4"/>
     <w:rsid w:val="00616CDC"/>
     <w:rsid w:val="006241EC"/>
+    <w:rsid w:val="00626EAE"/>
     <w:rsid w:val="00631591"/>
     <w:rsid w:val="00632D79"/>
     <w:rsid w:val="00634378"/>
     <w:rsid w:val="006368F9"/>
     <w:rsid w:val="006376FF"/>
     <w:rsid w:val="0064559F"/>
     <w:rsid w:val="00652CD6"/>
     <w:rsid w:val="00653254"/>
     <w:rsid w:val="0066034F"/>
     <w:rsid w:val="00660D92"/>
     <w:rsid w:val="00661E61"/>
     <w:rsid w:val="00661E9F"/>
     <w:rsid w:val="0067147C"/>
     <w:rsid w:val="00682086"/>
     <w:rsid w:val="006822AA"/>
     <w:rsid w:val="00683BA8"/>
     <w:rsid w:val="00692873"/>
     <w:rsid w:val="00695C53"/>
     <w:rsid w:val="006A038F"/>
     <w:rsid w:val="006A74E5"/>
+    <w:rsid w:val="006B0663"/>
     <w:rsid w:val="006B2B5D"/>
     <w:rsid w:val="006B6A00"/>
     <w:rsid w:val="006B71E7"/>
     <w:rsid w:val="006C0FEA"/>
     <w:rsid w:val="006D08DD"/>
     <w:rsid w:val="006D282A"/>
     <w:rsid w:val="006D52AC"/>
     <w:rsid w:val="006E04AF"/>
     <w:rsid w:val="006E0BEB"/>
     <w:rsid w:val="006E55A6"/>
     <w:rsid w:val="006F04B4"/>
     <w:rsid w:val="006F2482"/>
     <w:rsid w:val="006F40BB"/>
     <w:rsid w:val="0070059C"/>
     <w:rsid w:val="00702DE8"/>
     <w:rsid w:val="00705440"/>
     <w:rsid w:val="00707D61"/>
     <w:rsid w:val="00711652"/>
     <w:rsid w:val="007133BD"/>
     <w:rsid w:val="00714273"/>
     <w:rsid w:val="00714D13"/>
+    <w:rsid w:val="007157A7"/>
     <w:rsid w:val="0071771C"/>
     <w:rsid w:val="00720048"/>
     <w:rsid w:val="0072114E"/>
     <w:rsid w:val="007241CA"/>
     <w:rsid w:val="007248F2"/>
     <w:rsid w:val="007255D4"/>
     <w:rsid w:val="00725825"/>
     <w:rsid w:val="0073663D"/>
     <w:rsid w:val="00743E73"/>
     <w:rsid w:val="00746165"/>
     <w:rsid w:val="007461BC"/>
     <w:rsid w:val="00746EF1"/>
     <w:rsid w:val="00746FB8"/>
     <w:rsid w:val="00750357"/>
     <w:rsid w:val="00751571"/>
     <w:rsid w:val="00756975"/>
     <w:rsid w:val="007572F2"/>
     <w:rsid w:val="00760D98"/>
     <w:rsid w:val="00761E3D"/>
     <w:rsid w:val="00762242"/>
     <w:rsid w:val="00766990"/>
     <w:rsid w:val="00770371"/>
+    <w:rsid w:val="00774C8C"/>
     <w:rsid w:val="0077772E"/>
     <w:rsid w:val="00781651"/>
     <w:rsid w:val="00783035"/>
     <w:rsid w:val="007830BB"/>
     <w:rsid w:val="007849CD"/>
     <w:rsid w:val="007866C2"/>
     <w:rsid w:val="007876A3"/>
     <w:rsid w:val="0079168A"/>
     <w:rsid w:val="007930A4"/>
     <w:rsid w:val="00796020"/>
     <w:rsid w:val="007971B8"/>
     <w:rsid w:val="00797E82"/>
     <w:rsid w:val="007A01A3"/>
     <w:rsid w:val="007A17D3"/>
     <w:rsid w:val="007A690E"/>
     <w:rsid w:val="007B0B7B"/>
     <w:rsid w:val="007B2068"/>
     <w:rsid w:val="007B4D96"/>
     <w:rsid w:val="007B5DA2"/>
     <w:rsid w:val="007B72D6"/>
     <w:rsid w:val="007B7B0B"/>
     <w:rsid w:val="007B7DD7"/>
     <w:rsid w:val="007C1E14"/>
     <w:rsid w:val="007C2BDF"/>
     <w:rsid w:val="007C2C89"/>
@@ -17474,50 +17930,51 @@
     <w:rsid w:val="00845813"/>
     <w:rsid w:val="0084737F"/>
     <w:rsid w:val="00850E39"/>
     <w:rsid w:val="00851933"/>
     <w:rsid w:val="0085686E"/>
     <w:rsid w:val="00856EC7"/>
     <w:rsid w:val="008579BC"/>
     <w:rsid w:val="00865686"/>
     <w:rsid w:val="00865C4D"/>
     <w:rsid w:val="00876A1F"/>
     <w:rsid w:val="00881270"/>
     <w:rsid w:val="00896D8F"/>
     <w:rsid w:val="008A073E"/>
     <w:rsid w:val="008A2D20"/>
     <w:rsid w:val="008B023E"/>
     <w:rsid w:val="008B2824"/>
     <w:rsid w:val="008B38FA"/>
     <w:rsid w:val="008B3FDB"/>
     <w:rsid w:val="008B535D"/>
     <w:rsid w:val="008B678E"/>
     <w:rsid w:val="008C0E91"/>
     <w:rsid w:val="008C115E"/>
     <w:rsid w:val="008C1EC6"/>
     <w:rsid w:val="008C1ED4"/>
     <w:rsid w:val="008C2C8E"/>
+    <w:rsid w:val="008C7468"/>
     <w:rsid w:val="008D2319"/>
     <w:rsid w:val="008D5C35"/>
     <w:rsid w:val="008D6AFA"/>
     <w:rsid w:val="008E0FC1"/>
     <w:rsid w:val="008E4FE4"/>
     <w:rsid w:val="008E746E"/>
     <w:rsid w:val="008F1968"/>
     <w:rsid w:val="008F2AC9"/>
     <w:rsid w:val="008F32AE"/>
     <w:rsid w:val="008F4106"/>
     <w:rsid w:val="009008DC"/>
     <w:rsid w:val="0090322A"/>
     <w:rsid w:val="009052CE"/>
     <w:rsid w:val="00912310"/>
     <w:rsid w:val="00913C51"/>
     <w:rsid w:val="00917EE5"/>
     <w:rsid w:val="00931F6B"/>
     <w:rsid w:val="00932707"/>
     <w:rsid w:val="0093743D"/>
     <w:rsid w:val="0093764C"/>
     <w:rsid w:val="0094220C"/>
     <w:rsid w:val="009444A8"/>
     <w:rsid w:val="009458CE"/>
     <w:rsid w:val="00945D3E"/>
     <w:rsid w:val="00947962"/>
@@ -17536,80 +17993,84 @@
     <w:rsid w:val="0098612C"/>
     <w:rsid w:val="00993312"/>
     <w:rsid w:val="00994F98"/>
     <w:rsid w:val="00995552"/>
     <w:rsid w:val="00995644"/>
     <w:rsid w:val="009A2717"/>
     <w:rsid w:val="009A56F9"/>
     <w:rsid w:val="009A621A"/>
     <w:rsid w:val="009A669A"/>
     <w:rsid w:val="009B07BB"/>
     <w:rsid w:val="009B2548"/>
     <w:rsid w:val="009B4720"/>
     <w:rsid w:val="009B71BA"/>
     <w:rsid w:val="009B7487"/>
     <w:rsid w:val="009C07FC"/>
     <w:rsid w:val="009C1C1A"/>
     <w:rsid w:val="009C6C6E"/>
     <w:rsid w:val="009D5356"/>
     <w:rsid w:val="009D6E46"/>
     <w:rsid w:val="009E05F9"/>
     <w:rsid w:val="009E4870"/>
     <w:rsid w:val="009F17B9"/>
     <w:rsid w:val="009F3637"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="009F4543"/>
+    <w:rsid w:val="00A00BF3"/>
     <w:rsid w:val="00A00FA0"/>
     <w:rsid w:val="00A034DA"/>
     <w:rsid w:val="00A04AEC"/>
     <w:rsid w:val="00A04DDB"/>
+    <w:rsid w:val="00A0682A"/>
     <w:rsid w:val="00A109B9"/>
+    <w:rsid w:val="00A11AC0"/>
     <w:rsid w:val="00A12557"/>
     <w:rsid w:val="00A13AD6"/>
     <w:rsid w:val="00A25263"/>
     <w:rsid w:val="00A331B9"/>
     <w:rsid w:val="00A33834"/>
     <w:rsid w:val="00A365F3"/>
     <w:rsid w:val="00A409A5"/>
     <w:rsid w:val="00A44012"/>
     <w:rsid w:val="00A45F1B"/>
     <w:rsid w:val="00A473E6"/>
     <w:rsid w:val="00A50E0E"/>
     <w:rsid w:val="00A51C75"/>
     <w:rsid w:val="00A51ED8"/>
     <w:rsid w:val="00A52836"/>
     <w:rsid w:val="00A533E1"/>
     <w:rsid w:val="00A543FF"/>
     <w:rsid w:val="00A56367"/>
     <w:rsid w:val="00A566BE"/>
     <w:rsid w:val="00A601BE"/>
     <w:rsid w:val="00A620D5"/>
     <w:rsid w:val="00A62EF8"/>
     <w:rsid w:val="00A63BBD"/>
     <w:rsid w:val="00A649FC"/>
     <w:rsid w:val="00A6610F"/>
     <w:rsid w:val="00A77C18"/>
+    <w:rsid w:val="00A8005C"/>
     <w:rsid w:val="00A84AEB"/>
     <w:rsid w:val="00A867EC"/>
     <w:rsid w:val="00A92574"/>
     <w:rsid w:val="00A946F3"/>
     <w:rsid w:val="00A97DDE"/>
     <w:rsid w:val="00AA0EA1"/>
     <w:rsid w:val="00AB01A7"/>
     <w:rsid w:val="00AB2FF7"/>
     <w:rsid w:val="00AB339D"/>
     <w:rsid w:val="00AB4CCD"/>
     <w:rsid w:val="00AB6473"/>
     <w:rsid w:val="00AC1369"/>
     <w:rsid w:val="00AC3A8B"/>
     <w:rsid w:val="00AC5979"/>
     <w:rsid w:val="00AD24C5"/>
     <w:rsid w:val="00AF70FB"/>
     <w:rsid w:val="00B01DCC"/>
     <w:rsid w:val="00B0329E"/>
     <w:rsid w:val="00B032E7"/>
     <w:rsid w:val="00B039C1"/>
     <w:rsid w:val="00B045B5"/>
     <w:rsid w:val="00B04760"/>
     <w:rsid w:val="00B102A8"/>
     <w:rsid w:val="00B15B21"/>
     <w:rsid w:val="00B213C7"/>
@@ -17687,58 +18148,60 @@
     <w:rsid w:val="00C76F8B"/>
     <w:rsid w:val="00C779BE"/>
     <w:rsid w:val="00C813D2"/>
     <w:rsid w:val="00C81C9C"/>
     <w:rsid w:val="00C82C48"/>
     <w:rsid w:val="00C84E9B"/>
     <w:rsid w:val="00C855E7"/>
     <w:rsid w:val="00C856A9"/>
     <w:rsid w:val="00C864CB"/>
     <w:rsid w:val="00C86A88"/>
     <w:rsid w:val="00C942EB"/>
     <w:rsid w:val="00CA118E"/>
     <w:rsid w:val="00CA1E80"/>
     <w:rsid w:val="00CB11DF"/>
     <w:rsid w:val="00CB25EC"/>
     <w:rsid w:val="00CC1A16"/>
     <w:rsid w:val="00CD4ABF"/>
     <w:rsid w:val="00CD663A"/>
     <w:rsid w:val="00CE2255"/>
     <w:rsid w:val="00CE46E8"/>
     <w:rsid w:val="00CE4F76"/>
     <w:rsid w:val="00CE7A14"/>
     <w:rsid w:val="00CF0CCB"/>
     <w:rsid w:val="00CF2F1A"/>
     <w:rsid w:val="00CF356C"/>
+    <w:rsid w:val="00CF3B8F"/>
     <w:rsid w:val="00CF7DF4"/>
     <w:rsid w:val="00D00DA1"/>
     <w:rsid w:val="00D06DC7"/>
     <w:rsid w:val="00D12B98"/>
     <w:rsid w:val="00D153BF"/>
     <w:rsid w:val="00D2321F"/>
     <w:rsid w:val="00D242F1"/>
     <w:rsid w:val="00D30BE5"/>
+    <w:rsid w:val="00D3144E"/>
     <w:rsid w:val="00D34B20"/>
     <w:rsid w:val="00D368C1"/>
     <w:rsid w:val="00D37E98"/>
     <w:rsid w:val="00D41287"/>
     <w:rsid w:val="00D42389"/>
     <w:rsid w:val="00D446C2"/>
     <w:rsid w:val="00D461C9"/>
     <w:rsid w:val="00D51B66"/>
     <w:rsid w:val="00D52B38"/>
     <w:rsid w:val="00D57342"/>
     <w:rsid w:val="00D61630"/>
     <w:rsid w:val="00D62BAD"/>
     <w:rsid w:val="00D633F2"/>
     <w:rsid w:val="00D64945"/>
     <w:rsid w:val="00D65120"/>
     <w:rsid w:val="00D65C7B"/>
     <w:rsid w:val="00D666E8"/>
     <w:rsid w:val="00D71814"/>
     <w:rsid w:val="00D740B0"/>
     <w:rsid w:val="00D839A4"/>
     <w:rsid w:val="00D86B38"/>
     <w:rsid w:val="00D9114A"/>
     <w:rsid w:val="00D92151"/>
     <w:rsid w:val="00D93306"/>
     <w:rsid w:val="00D939FA"/>
@@ -19199,70 +19662,76 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B81ACD"/>
     <w:rsid w:val="00065617"/>
     <w:rsid w:val="000837D7"/>
+    <w:rsid w:val="000B5E04"/>
+    <w:rsid w:val="000C6059"/>
     <w:rsid w:val="001C69D6"/>
     <w:rsid w:val="00304FBC"/>
     <w:rsid w:val="003A5592"/>
+    <w:rsid w:val="00400C09"/>
     <w:rsid w:val="00523FFF"/>
     <w:rsid w:val="005978BF"/>
+    <w:rsid w:val="005A3B87"/>
     <w:rsid w:val="00635D9B"/>
     <w:rsid w:val="00750357"/>
     <w:rsid w:val="00751890"/>
     <w:rsid w:val="0081698E"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="00A27EAB"/>
     <w:rsid w:val="00B6078F"/>
     <w:rsid w:val="00B81ACD"/>
     <w:rsid w:val="00C006A1"/>
     <w:rsid w:val="00CC53FA"/>
+    <w:rsid w:val="00D3144E"/>
     <w:rsid w:val="00D6749F"/>
     <w:rsid w:val="00DD4A18"/>
     <w:rsid w:val="00E312AF"/>
     <w:rsid w:val="00E91673"/>
     <w:rsid w:val="00E949BA"/>
+    <w:rsid w:val="00E96AC4"/>
     <w:rsid w:val="00FF53D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -19999,110 +20468,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...58 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a90ecd954fb9064e747244675bfbab31" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010009A370262177E74A8AB18EF11779BB5A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8c2ab5bae412a8ce4667e0de79e7a6a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c0ab7c67-a182-4cff-82ad-fedc307637e2" xmlns:ns3="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="87f97350ac27d073aeb22408e075b506" ns2:_="" ns3:_="">
     <xsd:import namespace="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <xsd:import namespace="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -20293,126 +20704,184 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89">
+      <UserInfo>
+        <DisplayName>Liam Lane</DisplayName>
+        <AccountId>23</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Katierose Johnson</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Mikael Anne Greenwood-Hickman</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Rita Mangione-Smith</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jennifer Nelson</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Bonnie K Lind</DisplayName>
+        <AccountId>19</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nicole M Gatto</DisplayName>
+        <AccountId>29</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c0ab7c67-a182-4cff-82ad-fedc307637e2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4c775c8c-1a5e-4f6f-bc45-6b6219654a89" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjfQJtXYwfFhWgKmj0PB7z6aCfMMQ==">AMUW2mXtelKRaJ655ez/OUjf3u0lLDXBNwTNaPHMAYK3CW+KoW3ia5TgUaLO8bEY7pNl+hV4tLzMzV8X+rYeteeMSHdxlZvEZky5rGi1lzQyRyVOXzTBqp7LLkHLqb1MGUD3qu8Do7co2DtZsLPs2hafggBiGINfKjb2XvhDWdLgZcKGXXm4vC3+oykJVr+NtpfMkiyryjBVUEUKfMQ0N7fEIa8X0HJOb3QzCBKGZQhBOEQGmtoMZ1+NKqS1XkGhNt9PiFyVtwrcZ1zgQHx+oEWVJ+diVJwDQvsHxBUbwCtyMV9vV6mEPAfyczrQbUX8Vu2GGMyebaG+/pv0V0y3E+3xlvnBmsQ6PLo+FiplCojFqcQZNY7HIO8aYEuPIL/EqmfZa5RN9ZGRboPWA6XOHY9v6jUbpzopmOXJpGv3AbT9DA2O9PG50LT5UzVG6oQYXkvmeEpyHFQCZYp9DP+6AUaFnrYBqFOZTkDdLniHtN2Sr9lIptnzbbzJvdIS82RuOEc5YkwscSljZ1tLWcHAlJVP1imRu4KkNczXdgy0xMUyhocNGpwKjo2m//+KfUeiLCRg8nHQue+tKhdmM114Em6/X4THe9hz6nNUMrzukgRGT90efrnEB9hKFMsB5Q5fYQyujJc2EkkvK9NIuu/aq4U393Zd6eTqEiPthai6v/FlTihicWZphWobqvjx4tAbpvHf0OzkyPYlfvgUSMcJ5CIpHOvG7takLCBlHFLjCfv8UnQPNr3oDlEP3klZNkWoIhXgoqDSw7xfrcFtHLvI07VNHFzO94FidgTCK4PfZNaqgKcXt8wUqu1uXl0wXgHxmkIQVSRnx4deO9KmyKBs56VSs3TBP4O1kxrbbkLjhPGdR7XLCwHxg6X8dr58U+YreX+SAfN/syoPbzHV+uy3CwndPMd/xjZhL5BhgdghQjAJ985zggZfFAeDkOt4aBbbKqCkhXdPf2qEOm8uc1IkBC32P90G9wq8YrgI78X67TH/KNBfJ67u+CW47CGE6d+5KuMUlGKGFs0gjscN8re286jTfxblYXRx5lsZcPuswlql3qzTnFFXfgF3Hts7C5XO99Y44PEuX7HEHwzZV8UFGaVNyQiy6V3ZPJ9RiO//yfkdmWkcVhRvynUWnnOAWfkFWe1++aAXAaICOnVhNNizT9rxfvpxMcH5hxvuO4JU3+6KtatNtoxjM+SdNagRn8DVBL/lH4Wjh+JFugKMHNt4ELiMi1ke2gjU8GiD3Ty7w9Fxc2VKTuW0DN+y8AqaQSKjbaQcpyKpQaacO9QaLD280GvpytAc2pzwJEl+3XOZ7SUbnWaaX33DInXgSYheIygJi4n4dVD/GUDjIEWUko4Kv5v1xpF6bZoRA3zG2NBURJLV0Axs0qrhcJXoBF94km7OUGu0d3I+u+CGl3galbAFMn/csBDLoQnvxzK/OUrVPlGyydlyjHjOFkBS5h/9YfEkespXqzd6GXOq+n0b5QDldkF5FkAEJYKIMu5eZ2Z9wxNNn785HlmnvYeOAJJiYeTEhUWIjiqkmHfCOrKdhhZh8tjcdHs2puWAkRzwwuOzy61baKWDHXNDSEAmJLYtW5Lw4c/LE1JsI5Sd3gFoL0+86rS9zfR1Uh4M8/mHc6Q2AqzLdTMW2aFZJtYVvCAOY3JW4ClCfVLhrtO7Fk8SzZdJYqqTRkzUOqhtKxRzYTexEWQTHB8s4h8ytpBvMyOVtXJvxrSlSkdFESg6QJSS8GK10QtUmgZbIJKFc3zPBIVzcQeXzUHeRYUyvxXzyPCNUKy7neUDOCyZZAJYu0spvIkGYRx83Z2bktRx7/HvgyYaBbmL2a646QOw4Zo9sP9HTm3LY2FqhAcy4jkxh8YMyYx7kI/oQVLk7jjmqSG8mhH1vQSJVz30bO/tiondeRRqHjsEOPqzqMRFjQTXRJaKQyyWjd50Imjo8hTi4KTH3JBRVQAPBd17d9/22+SkBzsIHF1heHUpBzmNBvprou0/nPTP/70djqhA/8qKXYTLU3hpKbeaRSQV0CwZhNoE6TcTLEhC82d6Hfpnw5paCblNJbXGC8utzuNOeBiysUT5SiUv4+iE7gDQKeM9fNCjGT6RslUwwX8uLbkyAb2mOZbQ1FymOpGU9kI1THjW295nwsWOSsjBlGlpH1j2qejiGMNpNtdyEjjdZ9x/BKqZ7X1b/ByLKXywAo/AA8iJ7BRhosXGFAPiBzFK0Phd5NLntULXQWryr+xajyTY13hqhD6ONN8Cm2w00tNZ4gQkXRv40pGMTIjohIFdjISO+D2BzQ4h7W5wbM+MY6CLHwhVxIj+Ueh/gW7F1tP/7vcgrncj2jdvudWzug9frKYIM+qWmBZHeJN+WHYPn1Hw93pm5x5+LgXfbHkOMuWpfwOXn5ybB05uzX2oBjcgcS+yezNtSLetJFJmxX9N1VnFlQGRl0iFKE4l0JxPxq5JRp12Nax3db33CufhZVj0t2JLKeMjP47VO40339hIXEABHtm2cGvg9IiAHLlSkWyLKzl/gMUcpMXfJlcAXhPs0+vO+Isy6vZWkjS57t4SpsCHaSE7xN5thHen/ZGtFx00VLCgudMkish68+TOwe/UxwZV4kEQJiMGPGL1pamFZhSS+PWmkwwlcUh4kj4v3fL/bLgbiKA2hLrX0e3jyOChfVt9BmMT11BmrjDDxkQgatCSLYOKgFL17qad8Z1K6irMn/qC+AHrhWtVLhYRmiTRznJrl4nK6YOoEF7oaCl2rnNbT3aGMReeeDwKgdhhWYuu56DGO6ps5bPV9cWxPHapI+T183V92iRNgkZA+pokMyPq4kRH+U2rqdXHYOunvjpqGGr/Rf17akPC17p4KbQHCIi6gSj/A6rNz1Ldir3XExRgJWIrg1zihyTal6D2ETQvNDbujpqzHHO0KfWJSrYIs1GzSq+vlg9u6dGj1sjHSS0qyds4uC0J/JAyKzL8PohJ6MCC5lVZ/8S8FHEP8R6izTwTr69qcpsP/ZRfILHor95nT0X2UK9Q0+UNlONtturXnhOZ6jCDfHZ01442Olx5/CP4Kb9I2MEpC8qrkM4C4hDYlZTStJLr6RYlCl4GS2F0KJjE23mzGTrAMOIDcf0G1KYaX/serA9btqL+hoWZ3TpHc7qbkm3Nq++DPLkkD2b2si/0k6ke38TZed0aznKVBBBihMrjY28u5RUJe1+W60wCV3HoXnhKmF5UNSMrK5TF4+6ljdLq+E744jc0nolUnsWCS0vXCs6FLpBmuzfRzqi1kZJBola4fmO6IYe7x4qlIakIBPyUpQSD1VR1/19ujmLloCAvHNg8gkAjDX0qHvnii6/8/O6BcNYRaNmsjx4odgH44xGzaEF6IfXp8OhoQVyQG3sF2JoHM7rAQ2lyJhRTZoNMuPBE2zDTpg/7Nb3oO9YExmZFwT1X81uVmtvrjX66GLS7wFwyAPlL0Ng3gCQHVve/YDCBe6xjwApzDMJGjG6Xq4EUsb8AD74aGErOCeWtn8llT/oKkQrTdwQv45Y/xVREbhjhmUsxc5tqxNf4Kkb2j8zQyGPRmbdMq2+lPUw5S+2txQPRJ8u/9F9fwfdTRY8jmxXncTtEUbtKmgTYUYJbzNCBTFyUPwJxr3QDyPopVePl5N3kHp0ILJUkOWLNMSMFQ5neYLpiaFILu+jW/SZsgZ3fk8jtFXWdacV9y1I8m8iQ38Wqs/pyR0we/uGOnf2E+feU3/ERavT3ggJK1XM0SUUxtunEcs0VfQQMmWj7RDoVHvzAI5djWOFYuUQdeQiiSvEkZjTnl7sMbnjGtimAErDFW8oR8hF6D+goo0NpWG09+BVPBFFcnHgr/G3ecKjXI+oEj6vunrKtUYpHToa0niIuYbbQlh00xkv3wdvlyZvhI2J+rypWEYs6GC/9Q5LjbeOHoXPEgCnUugrA/VXmSyUDNnuFoH+CWGKwuy7xVdskS7xY8NcnpO4zhJFYmRjuDtSC7XuAG4ws9TYsud7NZvvJevzTOMSlP5sX35YqChvLl8fuM/uoRoR2tN7ORoDgAv95HKOOeWENJo0TMGeAEhnHoJsHknMSNz1SKH1qmgvzxu8/XbkYk2eB1kfunOkfdB/ytXqBPB9tt4ORzApwb77crsicBTTSdKklnrg26py0B++brKOJpn+nYYrjgervvDMv0mjCnGE8C9ZwGDBpi/rZdp4jkiqr3AUgTAy/41PZBE75+7+2gd2PdM/Gyf5CE0qh8KA+NhQOlfQswoH31AhjAn8UpUJ/RsayNde9SmyUSymB2tt4p4r4iUjCRH9XoPu+fE0Yad6CmTf6UlufeDPX0k5dneyve6q9buk9biPQZINMw9NNUSrGJrXzreY4ReGULBIseW1rNa8x0mmcpAqXsO1l/ferH8dVOss8d8hwVD2Pgg85q3a/+46lsGwZliszpjmhcn8ibn+r/Mce/zeoFPdH8ijgFs2ppzMWv7YjIY5bHkUTrX1bOwT9EmMnyz/GzdRXkrwIFLe5UzJgDTMbh5He8fad74RY2U+ZGpiVfJzUs8ed16wtJBBpGHPj6vPYUyXYOFSdOmQQydXxYLRhXsR+iiCZ2pcfRcMQwHwAn/SL6lkQUJmWaUl0GsyFnJ2fswGigOpoYDHO2Z6MfoK3DI6aACHhteuZu0uPJWpMpCVxZiPD2zmPDqmhBkkKwh/0vbBB4Nx9BlI6WPelVf3Bo5/JeSk1giQsdl+Zv8PPPHk+SqVpwbr5z3dRVSe/A/hmdyxTu1OgLaTl+O4jGLxkvFpDMV23sIX4s13Yb5tDZtOt01Duhzan+OezUFV42gg6cdMcOyD9XgNQz+ZmWheQ/ym94i9o806tQTIv1VPGCTGCjrrZtQXVLvJckkedvcdBHFtVuZeSO3CU9KpRtMizrPVVilFu/7UIHLMHVCOUvISzIwjSLhxB+w2tUmc7wPSosZ9Cb+TM0/livDJPYQFfWfdWs8423G6szmTQtPbYpL5IxABRH+VETR3cjPJPYdlZ228Ulhz20MO/jicu09wwYbHnMbLQo6KHU/kuN4IbbLddwNhPdbwaNIt49eBvrNFMbBPuoaxrx8x7IdNplLRl6Vrb/fUxnCwR5iWCwOA6KhTtGBtLLdI0NrK9T/HriCR2xrXHF91jrSn0Qqf0BmKD5gbDf5DN16XKhvxirPkVlj8RtKbbY8oLb54X5JxlhRKSLpH4Gnhuq9bLQVWLO69x/LnW9B9F1+4662/2C+Pyqe6uAA7vJse43iBpFTYLY5lM3j2jRPiG6nUMuk+fTHCwwY4vQ+hClqBiUZ8XcyKRJUhfrenwdP8IuyNVkWEFiO1DBlB5LXCvj4SbysTLg7Nq+iDPd4PTqIEDeHVm/+ycRph9MHaLl7Dabxaksi1bARLOahEcCaZ3BW98ZFJ/XZlBDYsa9yVNdRz7agCWQ3Rj7YjZrbZDm9hWMvTDu2FHZsj9Jc94zeIhL1LxITCL9aXPNBC/FnhcXGMxsSssUl9H4C5zyiy8IAOBaRBBi+Z5E3zOBPUDvjtw2CnZEBBtkL5EcgwMgjVFyg+9NQ0axiOa1+cjM67OJnb7gbRjjVOnPPNffWmxAn4DeJ7EKr+SclOpLBTVnmOf4ebVMtBrJGDizTuGdR0Z4jmt6Rrr44km8kTcmz8x1vSxw0HgWN6VfUAN3sFVQheDPyVI5p8bljTG8cda7s8OR7ejwNdNhnJ8W0usPVIgmvYmabyjC9s5Uv8GuBakIg344AwlCnwRfDylCQnjqdALERMyb9yQ5wdMM6AGIQw3zAEbbT6xqHVQFIEdG2T3rDB2TJRIoDg0uwl/ufEMD7gnXvusEw5k5ORWK54IN1bN0nvRBjvGRW2+n/jXgauxV8feoj40dYphJmtVUYLJJ56uXvaDyNp+Bx67CSspoVyiZNO02+1YQ5dtD81zu53ZD/tpepSbzWkKicYv2/W0JW2lN/4DzDxb1AIs7H9mD9qcvFY8Jk5o+X6sovhxE3ty3A6fyHwlrrK60Hi3kF2pFQN/feHTRULqfuIolcUoJZ/UNoxe9HiL8mKcU4bHXaZta0qOsuQ9pJxlOn2gqaCWi1gsFJ+Kt94lw3+EpXuEUKOe0EVvPz0pnSDQmNUTIwceVkUP98X+36f7zIk+EtDqOmBRb3TL5zve1wimzbbJlc7eWi6n6rO699wDm8mV0230K/eTuIL+vO8FKvWJ7X0B7RIeL/3v0fS1J14Gbnl3n1YutPjXNOZZIGGfg0wVTVGmy3mmrHEnE+MhVRyT5AazSlwv3edGsOxj4MZ3Jok6KjrZVVsd15J6pxA9NM8UxBZblBIrPGOsfu6HuQsQyrmUQF2jB8HwoOQvjq7Y45XK/aHGXyuuvJP/3uNse6LVtmyhVJQMLq0nip8YeGCQLQpm7bja2z1sPNZLsCIS94umDteB0jW1G9Fz8qa5WcKeGJZ2avCGi6oT0SKtU5tQRgegX89/I+lkAaWl6oRrA0JB0QCSXh+N5YFtWkqaqotY9VbxYPb8tygfZKxIbDXpr+ehwyIm+M9O6FRrey0uQQ8y2Q775mD9pVKdM1UtYf9wCXW41iZV1D5pOjGIUL8MqHwEaVOV/sKe1iM7GdYo5lAyJTIdcvhNfwnY7CC07KUpoNZkHaqlik/YufglSUdt0hDw4VhO9WtMVJ+oMsH+Z+o1dA5j1t3zQSSZvHnBOzwUtR+wAhEsXDEclGPXLWNDCvVQ32YduFwGNrlqs2PKyuJg/63231D7tPEcjWi0zzF2U2iwzLI7tGkRwfosk0BIFWTAAb+SPlD87oK39F59y3m3wOZYr/rT5sl2j3p6af4W0qI+l+AA1wPGD89Bllbevfddxus4xcz050lagdL+I2s6I5ddaiiewzL6ATBZjqcuc1yqzs9haN8hVEq6InwkpJGhQmofan7zBLDXqUxonTFTDbGPK4og6qw3hnsv8UQentqSSUNTw/cH4FkOBcImQF67qRQC3GBcfxo6wZ2cFz6yxvMIlgEHMf2kl+RvVdK7NIinbq4W1vNC1h7KKyeqS1U3SsiHBiGXiOdgU8Hn5huEbAh27uy7DViv+rK3ol8uPRiTXJJuLt9gcnnXsbL6bo/2kKSLifIhvdGCstCa0truUg+hPdEOaj/FHOewhkPJsdMk2ys2faahBknl6m6IpX8+pp57lPO3WldbK1XP3zXRgnT/0Zy+7OgFAjWemXc7vF9KYqvFm8FyW+gE++serRDl8YHt1q3t+j9C8M/ARHlKelaMdYZhz6JXujYu6ESuJCFxUVCrUoKFUc4Ljx5V0Uzz6R9oiWhtxEk7LWSQfBOX3//QkASOK5MCA593unTrxikJH92q4FtXvqJe/nXwpni19CtgZDQW2M2Ju8ob17hhNzVeLfBd1UhDGsbw5NsnGwlsc5dIWYcwPK4COjy5QmU9FCanjflnUjhkkKfAtaHBfPNmmRbw8EGjQsnno/7jbGTxjwaIEmxZ7uIQdryGeI3KPhNshaYYlCDXCuoi2mHkoj7lC8ZL+tpUcY1dXeQWeSiXDKnXdcd5OTKYeJY7W/Jjnv9ofaEGx8IS5ktsvw1Lvoqj6t1ulJefJK4+VWy1cOn5lBA4M9A/slHPrZljWnRuqaD5MijkbCvXRp/NAPBIsZsmZBasJ6LBFSPIN86/7LzXsU0inPemO+GEJqNViPFepS2tg22+9q8PLhDiOY38ttyz8s9fF9usrzX1keHtj19U9sf3Fi2nVxaCb8KT682D4Yin0ly1LqAIt8saG2LH0jXFdX1CiYGgzaosnZ63+z7PUSd85w5xdbecgMiT0Do/Gu/SVcuwymqIpA3vw03blr9GxAUAI2VmLfY/+4RJtgMfddcJbNbk8bdc9JTHkKdpZc8VmuKnDYq2+6Xl2bJd3Hdy09TjZ3TohfLw7h6sffgmuPAvjWG38wpHyuhDG5WAb0QpbacuWAaYGPtBsypxo8kgw3EPjDZaiHzL3NsXTU6dg9DApP7cJIE09MHLbBj0k57QcnsccnkujP+mRS0OHczWQ/26UNgUq4cGobQ/zdx+9/WrHLgB10BHjRbljTMeQZv4thz5lFGSDkrPCYrPFDhVGYQbLUQ6kfA539p8wUbLS8MBJIvtA87GTcM0EiOAFuSUUbK1odxhhxFFzjRQC31dTrB6Q/FwzlmPhW34GIhuWv9wbs9afD++7d7/KG531JT3CNZRNk54tO0RMXaJ43epzoFNpaNdyO8DhHaeCHwxzfRTyMNX6cl0fhYGH1oArf6a3nTaIjHUq7+i3lzTcc2sj7jIiMi5cTQ/M3m0aGMq8dOZoNqYtaxaKNSSfUJuYjRycz/e3bwQtyclGBBlk/h9w6ZM7mNCY31hWpw/nfTBauIckJVam8TJhg8JI3CmJ5hxxkiCkh6Qpsl1chSK53VZ831jy9+dkQZEYTfUnsH8ItY7kyCfbGJpB/VURLIj8L91q+CmYtQ+yxbAFyzIrqfLH0dI+IT2dhHmw2Q5C5MkkY/diO6e4wL5cbH6MFg65/q/53e3Ju/15l+asXnK05EQzV3gr+B5BbnNpWIp6TnjXjAPEI8fD4yHfktITwR2JkDq9dvCpoq2shrPIxd/AquWEMWdasKFh3ewHn8DxI6pvQpmlOa6FeMbZZjmWC+ZqYyMHiKC5Rq0/36jpXQu8apR5yUjjD593SaOT7G24aHiEjzgPXvyw1lRwNFBZBXl6J7O8B8I8gsGPrslVicXiS5yPeHyOKvMKVw3IPk7+3/75MQem0VC/1r9bqisBrmvTFjAdsdQnJ8JmFu6GRKW0eyjOJycfv33nCT6oURj4zxLowqN0lRD+yho/tGhKxgCZWPhytcsq8xnyxXoGki9mmf96oG8AdbhdbTT+afY5+JUHli1OMsdfc/9Xj0/UtfO3+4X5AYbNgunHNvyRpz1R1XuhHYLcJgez7YIzIgP1s8U4OVdtf5IxEKV8O2D6zfcaapzwckziTxFUQYyDV324TrCcq0J/KfoKgApTIw28Id0CeNxxPKcUC3LYRbkMyPvjlbtds575fcPK35n21JUVQ4a3MwexBziiqMZFYYGy+oRNVq90Jnow0ifr9WhFAxru8m21xxRJ3TsQwFSrlQh+lpPsHuxGLESRwWwpD7RqgYVybTuMLtzLvPHfNR468MxuSVRDorIJwGZlKk0Q3KeuUfLZ3KePeL15nzi8sE9A2n0Dhgw94vN38xx0LMrIHEEdoA1uv0Wpy/xG6YMIMgRd9oW4qEfk0Mz7BnVJ/2PE+Vv2aZgANHD800zUIer2v9m2hkNx4iL0ZuBJfL4eTnK5XjHNgZz18utmQh63/i9W7MX/7OK3nDOaukUzDIwSD83dmXCdWgrBvnaPicXjHTAOabFKJogiSMhHBTFHRTrJ6leKot4rpTsWBEtRxcgHbowe5lWIt2H4E/JpS+MQZUEFe3GLIbAJ/xoXhAlYNdZAK1dOCZiBCl5MeR+RC+cRFaXF9D3yZy9scxCv1/6md+l2LMmdqs5YONHSal7VM4cYsZuzUveeNBIqAv+xYz+6llJyqzG8Ud7kdwYU6BK0z7fuNGrMcdBva2AYogHMMIcGZveOVjs5l5Q4xfbM/9OrRXA4P85fuKxgy67jM0RDAgLW3wxkceHpZ9SthJ2WypsrL1Q9u/JY9xK5+GQ00OOSbn2yiY0ep6JBR/TGR/2yOWokguysbKJNJCVUNRVf7QLg07xSIU11jU2TbzKNVtSacPIwvmzQ/vC6wG3txSTG+hIPTZcNJrGLkfs9NMctNTKFaM0sWBbaIyoLhhF6f7b1QtCGXjJhxCZ3bko60CdWLWkRp49Em3k9w+mBk2neUI4fqbs5BliVpN0OQaUbGDgCI2PNLJ8I/XgN5zLUsBzOh6qAKkEHDbm2jVgu9CEQhWtEkhjk6xRIHC3x8ddQqtSk9KkeOBd6AfJvCunZOphxugBytdwlkMJP3CgLl888vcT4vCCg+RQj43/g9MkMXXdi88qX5Om3eEpdH9JmvvDGnwAwHGrf2yIH3AyAUS5Kvzqn2ZbbNnoJLYSdTMr4oIfJyyckz0pxG1xyRw6p1rmnfU6YvEK0HZqhzdldwBYElJdHs8s2s/I2HLmfQ6ke7WvInzuozeSaH+hrqygQHPjsGOTwRtjTE1VtGKaQVH4D2FubIHVsH1as0QT0deKPWIi8+3Z6AApxFcpqJCsBfr/84yb0knX2PZGJi8F8d6d7nX6PXuPGtqWeRuNu2bXklpnh2p2K6ZiE6YZVInbdu9n6HtufuRB2i/QF9L8allSnZggmp26D+jwkUfopP5Rzx9XWVvY5dyoqf4YthHMxJgbG+HhVIaK2YFrK4pJXSYlc1uSsVqLNto0dzBmxBTJHpi98Oxxl4bpXThNEW4VQDSMgp0PU3LQU+lHGGMRfOjMZKkM1+4IJd9io2gM+CdXf8c3xiNrGOcsrhQinPQ6KqgprIXZ4n1qFN9HyYzNbrGy0YM4cE0Ze6KV4hv6kqL6x5nOMiZZOiIRO/qjRJRG0yBHWauOtwSCg1Au9uAjdasYqj4M/YKhnbwokUNrpCZa6Pn5kQ1CSDJfxZNGLf8j5LCWcCKnwKoIp8XMSZAKWvCCRmLNzPJNEjBD7Dfy5vpemGgHn5BFV+6KhJVFCufR6P89r8Ro9WqSvEs9W5oCXk5kjJp5NpoKXarHZhG1fV9ruSg58evPu8IS6awmy8T+t+f1DIS5B4f3lEUnR1fxP/cecW+V5ehvJ7s86MhOdw7+uonlBnQS8GieefuFSGuACEVR0VP/Ill4GlWFgeObIaqIlzOdgeU1AZX8THs3DFIFlnTZvmGap3WCD3bSQYSRuMJRjAPUjVIsYYtr61R9/9/u6AcrrvjRIGmU9BvDtiuu+t0IaUSjdAzDBTe3xWJwv4JpJ3nO2MxpU7OQezr1si0RHeTU5xLh6q5pyrbDyt/uC7fe7QgGvupf44Q5bPoT5GxK56DAA6E9TmsfCZgyz7PFosdy5yQt7uGH0javF2XJTXjdj0jWnemKKT4Asfia0J1Igvo16HHbofu1hXNyyac2quS/GN59Os1KaBOLS/3/Zec5UcC+PRJOQtAFLdpz7KHHdcrVP0aRm3Sz4ZzMgSJsqEKZYXrV5sWHV29e9TIgOg0zzUbNtTUGk3UwI5bXXmlnZAi7a0ySWPOSRD5Qxpird64cgQG95T3O0CUNzs7wDrgmTLo2/Mt5538E7ymuI6wsRbdbc34R73CZeBh+ohwwSUCRtJSPAleLEvz1pG0TujTwsb2aqjDH4cDNk7yiwg9gMyMBYiEjFommoHuMj+sHJ1Ay6E9tXKBQ7+gex+dtaZMyJlae6CZs+ccsxUwXlmHAn0v5bDxiltWWDq8T6Ogvp2HXoBPulK7cc5f3MxGmQRRqMmqCH3VPvnrzJdPuswvtylGqB3CSnzbcqXEyZztQvrdbSHhGx8OYnnHs8WjYcPHQtnv2DDpCfXNl1ECzsZl0jLtB+CJUnjvTKCTvv66ltTN4IzI9gSUWNhjHU+/OAflOHdy4hr7nvawZoXPqAVSpJ3FYTqmWoEhhYuGaJhamIGfits0jnmamc0TckxpaxVQuMGJszepQ/lY/2yPC9Extc3jocbWnK3f5F+n4F04UpQGoWVrQnrYCI0LnnPGnhg3ULE+XEPhlVzWRJB6nkxe5rwcnK6xhxdP/AuSP0BmyRyh21KqqykE3Rj9OG4tJN4tSp2am8DrjObhJXxTAFIW+r90rGw2wYeQFOHNuwTo8OABhVKOEAYk01XgjpijZ2uh4cbvAFjmbPKlqfYNeLwSzCiDYkfwYGI25yyEWwz3H8/Po8LLICnsoVyt4DcyQUQobwxQw7KXEm9c2QE+GyDfTrSbTt+O/G5o+JENi2nmxLMcb45EWym9l5JgPmLnfQi4LN/Z+/5LuYoEyfWEvDChqf5sgld5PGBZYli0jZ49I9z0AbJvdEl2OpJvxc6/1PLWy1igGio7ysTlQUwyGhnW707IbL9CoXwM+dohLE7PrUhXZLECotmYkMRi8DqhmjoHyoS98/tDDaW6RTXTrxx7qzrhkAJTpCKtEGtj5k1CTv9OM07VsyfGrow949nGyLgiyTyXEiPCJ4k2otyAB132dhp776915gHdLOiYI1z4yz//H5tCvJufMyz9pME/+xijHE0Q6l5zvHS324WmjVgh3cChqIgo64+KccTPi2qRpEzTmerN7m2SOYmPIkzw7nRoIocOMnFYFoBDd/VvDpScM/Moi1tkYXMJFmUjTQlG24bS2ukxWO7WtfMn8lWlrXkuowRm7AJib3hcBnYXnRnus32ZXMONMkRVRsgDRDWxN1u+OZdCjIX30FcqlLtLAzg0O+tQt4fdwzvRvbbVmUFkV+lSNyuoM8vEJDh2yQHQTFgMkh+1ZqcMW2xYyIFIWAfoUbaCQErftKhfyTAvoDgTWs9sgIgEXAzSwP++DnV2qfep9ccpqXiQp+7lccWF3KX486yn7zIDI3vBC9GQgdS7KzWiDgRsXZk0LagOHfp9YBavbLvDSDPHJgaH9HyWQWR6p2WuCjR00Est4w3PunQqvUr6ANTh/EXP/g+ooSjdltkjVVIsRivgGfV15MZuNZl7hvR4M+M92/tlviUxOgnmeHNR3G0zmvjNjfARFRnCeYX28svEp6sg3r7qll9Cg+RGDUeTre96j2CqvHBLARaOaSUMsqPeSLJuP/9qVMR2L0igtSykERao8IEYsbaQXBJXRQ4/66oko2ZS2OrE5wNMn1Qc0UwcepYw56AYy+WEmVdDwkMZdHGsDkcqBUv2sre08oxcnygd3q3LHPmJ0yfaLYua6HLoNlRZuOGn58uMIJZo1jIk7njVjTgTeyA+2lXOHQajAt0v0/lxuaikMcDU4iqDQ8N7eUmNqYmyUEvBU6tu0ERLMWH9GxEZuv3Haro3v5+Z0Q4EBg3zaDfFzvq37PfCeXb+hPdb4YrcJ66lK0a7aN04VZOwDlTIEN7AYcTEgdeEVK9+T9MaIP3qx7ZTBSRaD4houKGjCP7Rcnnu3sCfNyW9B4P/2ehCxDpByjac9MiBi8Go3M2VQFpbpDWRgdLm6nvWUO/mF4GajrQD7mNp3PDGDppkQhKUQvCn2iVuGhcaYLHy9Wx9995wFsloDZ7zMHrh3q+GLb+yUc8L5RCaOCua4aUU9bXmO5yAbSrJiZFJ3TSaLRXQil8VuxAgQvxi1C9D+mjEAUvXFbozOmkvx6ov8MdVZGDl85X+N3LnKsJM71AuZ4m75/1pXPniACE9N1P2ClfhDNfDEb5rr8FGxjWpKOgnt3mAAm2DIX+GEM6aieUjt5ys/9xlNnsya0UseZlxFrsa/Mp2FOu2+CajuW7boOiD9EVcaW9lkT8WmihfJcM6p2/9xiZrttKCucLoOMXCzRNck8lZbJXPTxqrgjPZ5P6DKZK1AOe23oeLg6EJK3LRQ8YqN2UEIqmMZPTR+mVZgxG+ghyIbJn9VHt0Qt3xTdo35L+34KWS7HJP04uxO8triJjLwo96jJu4tluWq+btt5vdy4QF/pH9LKQlpL5PqJHffNJlI30sQQXQtv/Jil7rTTymJuAhUl1A0z49dPuPegem52Xdc4iDEOX74sYpougDKf2A44QufAZLUkmEY0wvaE5wLMz98d7t1rG+2LfCElv50mCZZCcDaJD0r7BTlNUXAQlOEaQZ6nSgw8J6omar+mbGIbOCcHZklHKuAM0/+BhliiiyAi7jf4eGJjVp55mk2/geKBUxIqffOwklppY1YpHI6ZeYVEja0SRm+GDMuCOqlk1Bp0d5KO9/H0aNli+YcCnh1SadMW12fuH/fBQSWFL5mroBVj6iOaiWoWDQ4oTSZTEwK0Loe8LfmUJ3J+FeBjNXmPWGMhvtqc6sjPHkOTjew+cDDazJnmXqbcTB7Y4mtF4QrCsjwCs2bQXw3TzNV8hVrvBGsKY8shgZXvGps/Wd8GAFwTdCvoU96RrZGOaLxhfsTvCpsDNNOK88aJIqwuNqCjqKUd/hnHV0QfbwSoiOiiUxoz1zwS0emDhyMtWrZGWr5REAcr05Dg7etcICU0dAZahFzYbxBmc+/IxStu2lAWzFq0nDgUtRBz9JNxuxiZI78Gq3BB+xUM2Y2hccQOgIBR+t4HMZTy80+EsRAQHy3KX3ibY9vIGKh5z719QDicBcyYRDiY1de+eKU7DAli8ivXgn54X2osWcPHsrLf+AmRxdwgVMv0cGslRiV8+SIgz6tlp53OkVPSLWbBqdBiATkqapBzR+q/v1YeCSY+TxSqhU0z3BtiXPfYumgckO90Gv0qSWvpV1z44kA/5TxCd3k0DoARdgoz6/EkDmuykoihPju5Bttlc10JJuTKrp4va8W68HTK6YTPnRgHBDhNd4oznhQ+qZogMSCc/D17hrFRpFdbYFv2ZQyhObml/eNy1duNFNeDYsPgxJArkf9kzTmQ10DfHzfzzmHrqONNBnhdR2JYCb4WSR7R+tK9cfy2LPPlKGnP/OBZZamveS5shZWLbdcDlJLt0ppW5nfVZ0F/ykcv+LQ8JTym06piXaOkHnnnJrv0SfcZ5w5JWZYZpDYOW2BWo9lqCb/lZV3YmGDdkY1P6Q2Lc0LfPQ/5/lVwHxaOgmqJtiAoqpuVyxG+nUZ661v1g53O8qNckY+kIZ49/LbMWjfZ1pvvMi/zH6NPzqZVg1oWAE1eQCvoFph+1zcWwqgKrNV9IUr5UBgjz6Nqp737uC/HPBPAa12oqYWDYmIDHkJFitJwHI5YNzBjAl3IFBfvH+IYloEUnY+3yoB0QF7TBNNPOzEIAM8K7pintnWnieoz8eNSug+ZKO/yDq/4x8Sr1ksCtjV+T1a1p0p6Kfr7cdbsp8vO1lpgD9OHtoq1AhpMi8H+RkBJHJXyh8VKAKaEK1yffo9aiWGEIhYJ0pL9FcI+3q2sY/Z9gMq0n04l/MtZBm/q35Iemkou3KDxc55xgVPOTuj0ZYsh4f51xNsxgJeaxMksGqvGul2DFp9Ov+pVotcemjk96kM+SVNQO3omRHDr2nJanqL23R1L89J11F8rfDauwWj3c4iMEWVygCvmIR4x3xFC6uJK8t30yB6N0yDiCbBvhieVo4Wj5BJQADiIAP0EvSSiIdqQ4CINlYK5kuuKIkMVLdulNELDU3rrOL8yPSBEI9Bxg6ZVzCN6HjimgaiBWAg3lFuW0x0MzyE2drszNfpoe6aMW24aluk78JPdSyRkd5b41zHzsvvtMN6pVPcwNDBTFrkDgQGCkUa+cu37UdVEBQJyBxNZZ6eLR9y0L8R4zjzJoDGz5MLSIH+FjJfMZZ0SoED8qftszA2yYf9xItTHUfQxF9I8hGeehct8+M8wNhe8K13cE1Vo/pQ7FudpQDWZl/ZN9Fgd1TNbDBbCJaiWIiGkRk6cJBnBMDCxfJxQRsE5eFKPMozIuqVhSxLa9wHhOo8v15Pw4AzcqiaNlWaQ4cSFuZE7zjg1Mbz2izwAei0J0tnfAIQLt5GmWviyeJj/4R40TFaLXIQa5pFVlPFYnrdWSaqzuxskT2YZK3oE4zcfdC0HM8XclZn3M4ixX/8EmKXZhE9A6A4iqSorKJyv+BAvtW7TLwPfKS+BQ7KOX+G5fb7XVvY1pqTOxwji/k8gBRKVMD0mcM2f5rjP8dQkZAoYJwVIJf2tZUGh1reLGs32A3mB6RASSYcCBEDKX8poWHiet1R8b865aVXqheJfL7ua9hbbP36R3Elvp2zaqyTjWagm8/tZgbXeXRWrfvabmLrY8AFbduhrH3Uo/3YmYOmgVK2000/Nq+ledo9xJgmboxgYb4CrRdwVZZxN+AhXumltZsxUX4gGFCIl1UMTAoepDEunMcL7amj2h21+YqykbS74MUfYjVeiWyb1DHoUR9SeSBAcB/THEldScDgy/jGOCvJEpFOPOWY/1h4vgSzpW2sIpAlp+6Zb+92PZLxsCHHdNS4+AQ3G3EtrkbOpBz06TbpDjM2he2jkR5BdAY5/Br8vD9vu/Jx99NzSThg+0lCiroUGMU8rciObwEf1OuCFIMxr+qsVuT8ZSc3cf+aQLZKYXc9OHBVRO2PF9hyp5Y32dbfgQEwn8T9A4F7rAgmmUZdzReSpf7Vc05FWdcE8EoWSZ5mSlBVS9x/HsVLpN+G2ibzJgzuIlOZTFdnGmRp9Q4zHd55gmSPOQZGnE5K1jEi7xnDZK/3V9rCg0PGA6dhPzr9DIa0BWUe6sO/GYSVUPnQDr6ePnWl86oPxALggpLQ5TbmfWZ/KCct5lhFGRZ3b3Zgo2Hcx0HmM7vkrqT1oEy08fo8QPtCTzvEaNDuPdsPvKh5r1exB+C9HiBDq7KE2JHxKk+2b+N8NzMYk7dDpp1NlEs0+NrrQJIDMHK0IREWjNgCAtYOMqJmGkwvf1fVubFicFjHMJSSibj7AmCoZTjnlamWCrOvBZxIlA1Jwxlnf+aWX2UGheD1wes+guNGwKE0gC+NpH8FYwEQ6Z1FFCbeFMJ000rHOzvB7AXXH+NSWDztZgGaYu7SvCBjiNE1FYZnUot89VVhJSd+vWCnU9dxfxtd8gM83hxBvZISQAYD+ld1qDiwWn55f4f7dAQFdgNRleC24fxg71WyA/Jr9HO3vhva8InM4Wj0qDHJevv5Wrtt0bkUr1NAzMF7mnkiL30ES67EW8sLBHK3RKWppjWjaDEsI1ksEVpMbMXdBXVXXHLNAM2TMoAw9vQYBT/NlDyeWDerjpK4NLlMYP5c/98x6dObUNLfGZYahhiCc6ab0iYMJfDEV2kjaTAHUjGLhG40DlaiggOBodYN3Gt5xI9Re/+22IG3tWvENHTmj0pQEy8KHgfeT/X5tflGUPQg7F8c45ExfPhI88ptd9RYCvEY/z+1Xu5auEJQFTmdNepUPsqcGSZYfJh4k/rR/3VChcGwYzMWEX54Jk4ot5UME8WWk/lLVzjWbz+Y6NuwxaQy5UUXLia03q14+5aOTTPcG/53OMZ/M2Q6c45rse+YKq4jamABwpUOFB7CjumUYLDv1gtxldPBPOAAtJ5QCQoXpqPuNkds1D4c08BCEiMannzPb5SebjScYv4J9YLEqaejjqJ5PQTOkv00A3Ea6D03AA58A6hTurQJFfGDaGt6pPLo4V2JZGUtk2gIIBh4/vb2LVnBmIZGfFI4UaOlQmaId4ErXod0BlMHij5iyZyYXLrhG1iclH9z/5Odro8gZs9/XecQ7mhizMWwstetfVs++FSz2sWA1dqm7xv7iz+7R5qFM67ETPUGKZz9iehJCkA7KyF6vyH71VcuLhN+0/njIIfKdwsU6zejOuSSk6owjcdzaBuzTGF3Vf+kjJz0o8DqQOvrAFMGYoF43U3hcU5KuIuUkjq63O8X2l2VBq24ccw7/TmEkt9bm++YXqYfMeDedqgYT/zCNUzj+yF/fQtqjTMXG6vQWapUY1LGBdmLL7bhq4dmdeWW0caHHHiFM539M5EsW0SHa4dhj7nNx4n5/0CPMsTbApwyB4076osfnERXgEz4KYGI59seHbCLpiQYARXsPudkG8DYj/xJxXH4orpOTYFD4JYH1LvNDNus6No6YAtgQnG0uX8X+ZtX8rV8QaJVHZvj/AoOEv+ucQvoHvnM9MK1L8nMK5zDZNnH7slvHfDO8fQOlplCbQShsEKEUcCiFCb0TpbnEPnmw9L+3skP4lgJbl8Lug5p3f78CtgpjXAzqrtHdg5toKvGi4LXSfIEywak4EbP0lq5Tpks/IBtPQL/PZJVxrZEnxIpIiionU5NrNaUw7e6mB8byxoRR35/kCdNySd6/WbOvPpjzJJtv2gNvYvOO8qxb21daQk3xyLzWdfjyMiLOSup3oKtTxFqMhGuVD3MdbdGvNl11p+9ncQhfoYSKs9mRDUXOt+ZvnDArWDM9Af/dVq83Dmhn2aqel8TcU84QpWtDcYL51PCdXUjeez6wSCZeJjQyp9RDozS7fIB7XbsyBu36n2qBi+z3vOC4/Pwu3DANEUkL2Se3C82FlCgDF5TDtgolvT1hkf9qDeNGwnZKR6S04r7vV1WqzY1Ot9wX2+UJCjsuO2iOf08jqj/ONaEW+XkX0EM+EglQHnfTt5Bfw0xBp5iTe1hrxoGGEXm4KbBnRLGHS+919Tqg82RKuo38ga6Nm/N/ta3v2lkAqRu/tGolXtPh9rX0csF2YZmMcCtSAyXxZfzWbeIj8729qdWH0ruZ+EfmmNFt+pxNPlqz9QXZZalS0/EWBjhhpxyXRkeQpHgMWeD1CfP78nP+nnEucM46XP417YlY2v5Pvu+Sz+bk8PURrHFLScmIz+i07d46eYv2rK+EZ52d+vTtpFtIpabxZWa2C1sY+MRAl0S1aSk4oZdTrLgOpNBQqJCdn4sk9XmFOmoVa0uI4FazE3Zi0OBhn+i+F9S/Duahcd0C1nr36rE/qN6dLlCRxN3UVEc1TiefQskVYwdLcLQHKdspag3CxKePtMIhGqWBsldbvkrwUzX9LFt8cVNjr7aScLbx1isED7RjZSQ25ekgieUvcUMn01jI15mcsjhv/2mZTIBNloPX/hN+D5wysEqWXFEAspTEA5HdXscVUB8olIdduVfTzMkec9JORVD99NE//4BVdWWI0IfTYBSsLc6ixhSLZ17x9H8FP0S6u6QjH7+7j4pY4x2v6yOa4r2okkIOb0S6qVq9fZUPgjxUpukP4zbdoKMdu/Xe0ye4OPayUJgY3dfMPqtyNKEFjDeapFLNG/iE6uVrgXtWQdF4BBxPYKwywIvx0I350kaeXAsRaLYbgHDZAaiILUv9qq0eDO0fbuIxalym7500lf1YZXVo/D5OO9j2tshRH+8znFo3omxVPaC7Iz5UHwdObogllh5WOvpQv1rNG5BnUdwWjBvmmfU0toCfbq+1GhWtpIFGL9VIDgzJwxONJ5GJeoNasBfQr776yYHw+BKqvKkcEATPI1jN3GxJ9ePJyNo4jMA7hoOkfxmCApTMN7yfjtI0N3YTzDBVTXLjH3gW0GxXOgatWefogSbIzpCkiw8acs7Qvx6bAaf3fcvhkPvIv3p1QWldsWUMAM/F21zjWJdGpH8y9oZKBu2oz+qBeQiwMx2kgy3sxT15RqTmKtQvfE3fuUpuMXjNcD0Q802Dx94ilLaBLkqphLyFwfXqHruui33aKSgCXJC6OtXS1G0uGlAp8spiXlFm/UepdRkC7NnAND/3OMlMpM86vemWKekuK2+d4H6xNjSTOO4YxWtiZRZLTvN6BBGje2vfNZspbWWD6QJnHpP8iNiwEIYmOqMmxKN6m6BFpCdOGsZMFDs+qZgD5Hv/5y9uHJknsZI5wetc0Z4JnSrf9XQGnXyI7YFL9w2sVwNqf6ghO7KCnh9Q6xQfzRtsiQCdVm4EZV4b3TQyLtz1w9QXgWqMoAi1v/be2k/6u9imwZjHG6rZge+7li8GYo+0TLKJ+CF2vI3tABGaUuoIfHSpgz3nsozDrPV7jGfppL1r6XdG8UfroPU2C4ybBfi/ra2JqrjYXicnqoslrrl1AR4PpRu2nEm/pR8EW9ol9wCFKjjdGjiH1i3afiUqeTxxs1iaQvAc5FBZ1cfFFkybFkVXr/YSh1FcwIFQ+Xkjnr1J9oYG92fkDEI8saWuaj2ZSuNZvONQZIEvyaSY5s32eW8NkRY5uZ8tU1BOkKlKugb1VBVsyNfjPLJKtY4p4t7ZH9XMVcUs2Imx4fqXSdiSNB5cyTpKNVYzZGpY4Gt85m6vX+LyxgeutOYjjxMjsaIsMmCzFTSwtsGxZL52PIjm0kT7HFeZA+7+1Ey9vlSPl4lV9Fjqzo5eq7ROn1Sueq1CLPY32o+TxDUIvWPCr0zBlr/6a4fI8ZClmyef22WMlmoBbPWdNdVu4Fu58UX5ysYiV0/75EWRqxu7NkOf1vcbHd0Tskzrp+70Vx2jYB/1G4Bj//5oO85PZ1/zGkot5Sr2fFxIL0nPf4Z/pCSwyFavq488vKsdm/WDBKXgWTKhGNfs2vauC3jxwyEm0HvoM8F09pQs1r1qeYb+ZxwIKuDUR+cc0jlrexz7wsWo1TLBfnFEsOE9lvma435riQSvCgdhgEFAb3g+jAPgiWjsfoShBoSZmPJgqd6oxlh4gAukTPU9DQeEHfamsSPDtXctgy9zwA+7fRX9+DmOGy2VL3sy7NLkhL988K8XR1ZUbjiMysqRbYaw7PZMQ9roLmafPk297bJNfrUbl3Kpo0XYzICAUSP4cPF5lFnRiAXsqdYAvQ7HGAIf6w1GjyYKI8f0tincV34NnIUWmMSJogzwYVfQ66+Gbg0bKU8tJ4lqt3m2VcWcR7TzBC/JvCcoxpIX0D2Wp2JiNXSuYw5rY21Q01D8JkXIqTR3U+oeEXpkoSwEOOH7c3mopozkZynSm0I3jhYYGVmkv298/csP6Qd2FVUjPYrUkgBUIpmpKxJzC0kY1lcl+VgbN0IWXiUJxEMjDWM0bRJMDAmTIi84CWNzBgjraXBfSSIC2JLzdtgst9z6vVAiU2mz1ygUPW0bLab5/p+ooXHeKdG2Jlb/4WxhvJHyzAAWdguKXFzpbJux+2rWesZey+C+Kbgn5o8DEcrCXSPcqAGrHM/0tZgrZfoMyZ/7dPpD2j3743yBuC+TP+JH9JN7wFhJSF35Dl19e8P3bRs+D49vVoV3igvAKYA6eq5cJ0F3XlZgw6NiR98+e2ZQn8RlNeQiUl4LGNDdfkgWssDzJ/qR0K81ZWdRZ4KYBgz9jEwElyMAnhZuBc8J9+HVTD1R3478+ZZTMQF4X0BovX3mYZwkiWVz4wfQrrrSWWkxRbegwdUfzC8m74zly2VcFGU4DuoaHMuKWP4EEfv7RhPw8MFo0lDp3vAxNcnKu9R8FxKJOnmSIob7VvhgL5QdHtvooYNERCMcyAqX8Dqv3xwEC67yF2+lIEnR5wQby+NZ1GlIrgn+ov+gkD1WDrnpDdti58cuRiL7qEYEfOeGbBrC7r/0umQSkmebZ7NdAB5bKxqRnv+dMX+sDHGh3EIGRB1MNKqiAeG9U99RsFdPm62k4TBe5N5Td9mSAN7/z7HT26V5lQObQx+XKlPd1XQuUXpG6K6285wODGaXQozMMw8UZSLORlKvvKU52pryU7RKpNyMfcMahns7QJP/fUANvmJuWemwpXJ2RhLmyXbflXrioaJtwCezhycou4PRIZz9xU7zxRcoH6UYVCecDt5A5wM/0DbmdmY8WTE8miGL+4Eoh2knbJOVXJUf4KE56bjt/Ww0E/flnWkQ9TsPgKjMqfvnS/jVAHFl/g4nxLgi6zSqZtATxeQHyGkmbGOp1Kmw90BTXt3Espc29jXi1bpEEpfhQUvmaINFMY2SXguaGtrdqrIEbIviELYmFz9fz8rFJCV3uTDkY3OAyM9liyYssr6ZepczP2+AArGQifoLNJoK4vqBWx+3AkElQI8+zUeBK+Ffg8Rkf5iS4sqwWB+rWx8V8Q97ZqvDTnYqJYFQY6nlJVEuKtMMnbCNeK2u7XAFj2Mt54PCCukD0csV2d5ZfeQ+gfFOXwykcvvGRdp38kjegSptbGMAqFZ/k82N0lg9evgOLV567b07zRBR+czlT11qJQLXPkvbhPoRdA6AhyaqdPcf32j8jNRVhdwE4WN4kltAd6EJA8/AIkmlCAYf8mcJXOgPbVQQh8naqz3LcG85bI2CPM8fEN2WQaXnjTAcQPLeKV+yghKFDgzP6fcaiaBZql8nDb/98qhfBB+DMKf80tljsVL+PQM8/dPPELpQiBJHfFGOeY3qd59H1dJymb+W++d5olf5t8P1b93yEajWys1uZn9HAY+aMk677BEuNWB0mvVIkE+Q35L0XCfQQXVEVAW1wpMVMgqnDbUXERNziSBYn6HNjnn79Lp7IY/honVU5Kj9LYwo6k8kYnM+ebZsMjx3lxaR3EVjIQuYfAJIaKWoSw7Gh3QD97w+e4HCdGFsAwAqvLz2g6R0JEb+cjj0XeGvTkihqXbSezfApoUQOiMow6JUYqHieIZZjs4AhaWC46QyeieIwwg2bIZwZLcSqXYzcMXHq2sTjPVMoPZ72wX13eXvENVQUqA8yA+yWaJ934rabsQPR5Vz2pcJCUFUt+vvweWKmKvbOcIOQwgT2uZiq0AdK7K13UtvumvyRwTTYEPCo6Kk51REHheXy35OEtv8Mup+Dy6QN0/aiCfKkozHIXJPiYLb5ktnM97qatEy54iSPnsBzU6ptyG/nXUT5Jv3/XiJwQkXXFfCehB39ns/pf3nzg16UoCDsxwK/MpWVnqjRuaKLD0N4MUKsjNec/JiL/Pi+Sl/WXxE45f99J1aCbCT0s3ZVecJpCml114ct93ok7g/SpPP+4Q6mnirAk84k6riCFABL+Kz6uyVW3uPS+3xKlJ1lyz7I3H7W8r48YaXeZwdriUHlC79bxEiY4YpoIhbDsVBZ2naMsbZxAlr4wsbLYO9V3l7uRF/MSlMofOgpKImd12+JVeJgDd0CgU8I1KNUwTp1MuKo7KzGv661hJDhCSDd8fiE1JVhwtW3ktVuwk9YMmxlNniEymqCTVDXRiy2fmGZkWoX23R1ylcvxzPiP5cqM8sJHVysv41HMPx7AEYgLLBKIUx8GjdqJhD1ozuI95NEuypQ82Q3hZ86hUQVV7GdZ2N2GoVfIBxHJoClIf+rZpiEjL0JuAyXxlezmLJhmCoUnmFKHlmj6OmqqFb3dGqho/ZLUpqOhsfRqz1hW1MgdnndoEITk5ZzYv6Bt651IIiEB3jZv0omKAwYIe6pKpR074/dBQ6YkEQISTaRcXi9sHMgYDvYoD+U9pwYXDPSPWYimpK/79Kh/CAVGfOeP4XrS6fUyN2ax+e8Cxhf26sJrI2M56tGmffyyklQLBSbsZ8yBEKed+dHkPDa0Z+hvfhzeoL7fgRgikw0CSn27O+XoSLUN3qqSbbtDu/BmauZGD3WH9bC/jL272T2Ofi3IkxBvpmx4eMc6oSwge5GQpipZ88cla1P2SNT5CYBZQIhxlFLtZFiGJlOZSt9VaC4/XfK2St4F3/bGNnW4GxtqC0k0l/7CYJsLfmQV8QGYWA2MHjnk4g243Yz38P5qHCHaKV5NCQgvGuhHg12yjmXgIPFsvZ+wqYOPTBuObO/jmegvH2BZn7NORIyHPNUryoEVjNdKiKjnh22T1/fwXmgZkJH7TEwEhk6l8N3c9omZH7Tk5q+lBYxgPuIKt/Um+uOWGXp56BauP/dpUvsG+K5pfJ40JpTP1skTyk+kYTXfu7YDf3kMtAOCoqZrondTlekSw80x3vHJI0AU1Cny26XQAXothb9mLxmQlX/uQlvQaDJISyBBLCRvXkcqbYwFCeSGZA2XmB0k362fb4OqqlVcBCki+fvF9AUxWCC92PFrr6eUOq76bHvFVEEAvgjNdQ5MmyiDrCksSJNG9SqC3Df8i7zqIea5UvLUUv4cgkNdhbmAEFRBxbxkndO2Yo/AZxVZQlidM+IjNDWT/hKwHspzlcDCs1qrseavM0siUOatHJqGAs1qde0ZR7fUPFGKu1XhiJOQjUED1mkS3qaDldN5miosFa/nuDIY76sWukJ08PejXNPEtKM2D3y6RAhX0zF9u2uh9d2Uek4VgrLJVYPYPKLSXaK5C8VDXbSwSoiCRDBfovCCmzgXspDmGQejuTZbTbCFy9lOGbPRrEB+0Hk91EoOQhaXkyH8ohMz+7nJtyu7KrqAtJc7fHTZG8MuWKqRRfY9hcTp4AKeg+wygEqpogQwiaxW2zjVlQyVaXP0y1g/bjrNXMXzvdIa/KnIdVZNGXzbSqxy0uO8IiPXIAn4wq/WPhpy9HsyiR5OWvPIj8cp20ZPXCVr72BfPyXeRrBvMoBc4OZAqCIdrnJPbbQ+IH2qq2bDDBgmtYhkd44kUErdPombQAPbQys9/qOaSZSl2+zjVEMJDVa9THOFmEwQT0r8xVu7BMT4Q52fZcD7WZLkcy/sKYvB+46wI0Gl11znVawQM5BNUzORunqG67o+4iVreSKCYdxl7cWUsF3AMyR3jgFXEJ5iCfGY7zt0Dfy8eybs1P+IoMcoGkJNJKffMjyUEqm/URyCImPKzdBlPYWl30zHook5rbIgaTaGupNpbacC45eHSn7UN1B4fbjtuhDQDC0ro+REgBbJi+yF4TZxydXJOIho9Sguah+LxvxrdL/77ELdrJdfwby9RInXdMUEGYkAgqAE1nHH9EMPbcN0f2faF2EtEjC1s6woJXS3NvfVV+rlgS4D5qLZpQVakLqaQPNlIEZIbfiss97FeA/JvM0DbDNtJx5QJNE9k1i/VJthdi1AGvS6X7tgPQAB0ILA014DSJSFrB4rqShm2m6bNefp8ilgTfKC6DfLhWxid1FWJIkWlQPLSc3C9qTHZCkZwMY/GCBLatn+sgwL1ncqBG9y0eV/wRCobUp0s9awi9WEn6Hgiu08Ps7kLFaMqV7n4jMuSCu63THY/rfByrYkuLXjuTMfCcr9R5ljZY6HS12qrD1/sdaNWT9+ltfB/h2fog/IuCfkSE2cF3DQIEkdMe8lfCEV2veaTBFyWogfleDhKOD+LskKc2xymumwZ87+VcyFfdzUXN6gwUH4OeIVTmLcZYTwPHPG0DH+Rh1azcXASh1xil4YOxpRjbGRgipemqoc6clJcP7zzPHTRatLm3Rnc7VMSosvd+V+GpIFOgKLpkH+K1G2NYmk+7iLEX77wW8Ox169xx6Zq3AGsY3V0J3h2u4TllHr0fviEmdwzM+ErkkKb989caCrd+LngwAyxto30JsprQmP6D9xov5cxxduJmdx3zG3WYZlFLKEO4oyRp9Kr/lJn5Srk/i+4bBo0OqebUBpoicTqXjmKV5cHGXAN3nbhMnl5EluU5FUNFuD66AtKtfkRHD1b9LB0gvJ36fjOb3wi1V4DlgrX7qdJW66KsZUKvmnI/EoE3Wh6PkSMPHFh+WQiL52vqU9tIAtERLHvA7As0UwYkrFa47h01jXP3V4rcjWqTjCHLfkkrqOGn+q3cppht4oSzSgOMBkgG/hLGfclzxSTVdPpXdMWQ4lOWg2c2uDIP+Wo5rMdPv+IbwpZwhHiF75ODMSWZxWtKSScHu88vFNdMeqvMGDxLdanKG10902ccNs+yPiPY9DGYt1LJR4z7ZIROIwLqD+aVtxc152l3fcVKJTJ1fItwye8O3kain4SWy45t4mDxbFIwOtUGa27Y4swSMrl8mC+hfQCrY4+eFmcsUeW1KfqyiWHgWyFEgK0GcNwm6pk2PqRoh5HckyDn0/cL9m2x882zSCvKlVUQiO47TAh0N8bb3xlKIVQyZ9hiaLXzKZAGmC1sDk/mbXynqRlKg/q7TwJnPSlD3iKqKjFhOoUjuhQKY6kism2GfrU78AzlAmSp1tr+wHqZn/DQSJToJloPnIblgB1BXe0rf7Sa72OvLm9MCgytOxViHIKrVg4RuMiw8z1NXDYAOjvwUReT3P5y/9fSyet9EuRpFbHCLTl1gfLAvAYwQOKbSbgXBnGVCReZo0dUcT3W2k/Yi4yPX7QndW9EeN/Gei5Kkv8wpx825Tk//vEwCobhqr+fmuK3RM6nk6zGwcXGlOfEXcQKTmR3WN3I25TdHDCqJpEubeIMOf6Ac43Q5HZhJbGZ1rBmWNKtBY8WtfcrVU7Q+3d6ZcDwOQDCId3iEJXSBHddTrB/KsXZnAfcWslOQkw/cjNZP/HwViSHLb2wHMvWlVSkeb+q1OtlPcPVnU78XVGoGlNzCw/C0Jnm6gOXkRuXlBxJtt1+vwyRzTAUKflHxuRbIjIdam2tjOu/PsVYwKuC8DxWEyI+sIghuOOwp2la0DTbomKruXnW3Mv5IJ5RZxVCa3432YBgN80AMOSDV0Fuj+wgsGlrvRc4LI8eNq6xbywGpMbCUNhvnXMvBvnLS8SLiZvkLn5cZV9pmpKaV4lzmoo8ZgIWxk61y3q+XUZqgjT+Se/oFAVOJVvmplHgXOWO6rcr9q58sML5nIId3wWmL3X8Oxd+lhcbzJoP3gGBJuV/epXxc9/fHMZuv22tsO2smBtzScOQBrRzfkRKiDFQEUgWcRMFsQ+eHsAA8EBFmTHRfcBzIz8bSMIfbQcVCiVmeqfewIVUNRhUa1dEjnaKZTr8MRwBUANWfTtU+YuRoJPc1Gr3ymQy852+aTpHYWpdniGvg5A8Ko5pnFCU2v/FhvpttXnzwqJPqc3QBtXYQdmAwQpLxcWD9m8rWJEsDhIZKD2J0BKK9V3KM55khNOsMe9tW76tE5x2yU+TCfep4YWtg3Yoh8RRZ6U4Enob7rlGlPbTUJ3xlhI1roYiAILObRJSzF4Ay7mYNAO3w2NDItY0zW0i2x/Glec7JQu1FNm+Nk14czgnuk/eOXdb00XfmkxhaJRyrPFnp459Gtq4HYhwjMEzWlMJq1UpbqwOEaknzqE9IrdNygtnYwwt9fmre2jUFkZKKP4bIHW3m5OPVqW3aaLjBNYCLkfbk/YQhapW0q6VfJsSa6Ct7R19lWTaweanv1UZC8OpK+F0KKoDLAtGAuFkTAsAVMLnfWnJOVYW7//Cs9fmyaWTX6bSiwKBILc2fowtMLAeMABeJcH+5H3Y9dEa5jZP+yqEJ4qC+EKGtm8RNLRxXDgAHGD6jGI0F7oLMM6GZPT1/ejGWcHwjH5D59dawAzlgg7EZArtw3y2eOkRcyYExfNs/MOZUeEqcaomR12MMeGg7fNwHoViuDu2bPco2etzKyZtK7gQ1pOWZivm50tqV8tzKBnl05kZKKo0DQzbiSkmU3nQEcRh+4IkOg5//iMyVA5eB5ZJf59wM8Xa59+Da/qK5AkAuJENYFdBL0XsKGgELRxbrAAt8i/+Hm4yVWAKpQns06kD+1i5UHF+CKWxnSkf+oLAVW2R2FSWfKkI2Q4059f+70ZC5iN1juvtwbdNhmHu6RDkVOoWFz13zLbst+HBllY1fehCJIvv5w+6Kuro8Hswpo4a+Et5Ni52OOuTU8YxJfLVY0rMhjFgrPGViN7linUjbQrJGHuVAVM45Ihd63rC7BWozO5tsttvJ1DI0aqmmKNe0FhjNihPle+D22vRp77hzk6pDHvph8KJKP84mPZMnDfRrdDQy2BWBLejjF0MMXu0U9XKt2VMbf7fg==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4516E705-5B61-4C99-BFAD-14A2209F8E9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
-[...27 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B955FB4D-63A7-435C-A89D-CB361588B62A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B35EC049-9905-4C05-88DF-29D919543AC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
     <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{502776F1-1C71-488E-9EA0-F7264FDF29A6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD382BC4-3659-48CE-A6C0-8451B4E3F566}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c775c8c-1a5e-4f6f-bc45-6b6219654a89"/>
+    <ds:schemaRef ds:uri="c0ab7c67-a182-4cff-82ad-fedc307637e2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" enabled="0" method="" siteId="{3f8a7bc4-e337-47a5-a0fc-0d512c0e05f1}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2531</Words>
-  <Characters>14075</Characters>
+  <Words>2282</Words>
+  <Characters>12342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>251</Lines>
-  <Paragraphs>112</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>194</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16494</CharactersWithSpaces>
+  <CharactersWithSpaces>14614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>6684684</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>222</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:kpwa.actproposals@kp.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3538983</vt:i4>
       </vt:variant>
       <vt:variant>